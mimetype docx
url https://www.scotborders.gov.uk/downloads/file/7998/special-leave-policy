--- v0 (2026-01-29)
+++ v1 (2026-03-31)
@@ -1,56 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1A288E7E" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00A555DB" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="993366"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2580"/>
           <w:tab w:val="center" w:pos="4820"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -791,51 +789,51 @@
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042474A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:sym w:font="Wingdings" w:char="F02A"/>
             </w:r>
             <w:r w:rsidRPr="0042474A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="0042474A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>askhr@scotborders.gov.uk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="26B468A4" w14:textId="77777777" w:rsidR="008A16E7" w:rsidRPr="00C26E53" w:rsidRDefault="008A16E7" w:rsidP="006348A0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1068,119 +1066,83 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A288E82" w14:textId="6B833981" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Although the periods of leave are stated as being up to a certain period, the figure stated is regarded as an appropriate </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> off in the circumstances described. </w:t>
+        <w:t xml:space="preserve">Although the periods of leave are stated as being up to a certain period, the figure stated is regarded as an appropriate period of time off in the circumstances described. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2441F204" w14:textId="77777777" w:rsidR="008A16E7" w:rsidRDefault="008A16E7" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A288E83" w14:textId="77777777" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">While an employee may not require the full </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> off in every case, the starting point is that the stated period is appropriate unless the employee believes otherwise.</w:t>
+        <w:t>While an employee may not require the full period of time off in every case, the starting point is that the stated period is appropriate unless the employee believes otherwise.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A288E84" w14:textId="77777777" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A288E85" w14:textId="3879F21A" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1248,103 +1210,67 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A288E88" w14:textId="021467B7" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Exceptional circumstances may include where a funeral is delayed beyond a period of 5 days, or where responsibilities fall on the employee </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the death or illness of a family member</w:t>
+        <w:t>Exceptional circumstances may include where a funeral is delayed beyond a period of 5 days, or where responsibilities fall on the employee as a result of the death or illness of a family member</w:t>
       </w:r>
       <w:r w:rsidRPr="003E58B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="ArialMT"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">the distance to be travelled to </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> and/or attend the funeral and any cultural or religious requirements</w:t>
+        <w:t>the distance to be travelled to make arrangements and/or attend the funeral and any cultural or religious requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FBFEE57" w14:textId="77777777" w:rsidR="00CD70D9" w:rsidRDefault="00CD70D9" w:rsidP="008709FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30944372" w14:textId="7B1B292F" w:rsidR="00CD70D9" w:rsidRPr="003E58B4" w:rsidRDefault="00B25B7D" w:rsidP="008709FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -1438,85 +1364,75 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>However</w:t>
       </w:r>
       <w:r w:rsidR="00547442">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, these examples are not </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>exhaustive</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> and every case should be considered on its </w:t>
+        <w:t xml:space="preserve">exhaustive and every case should be considered on its </w:t>
       </w:r>
       <w:r w:rsidRPr="003E58B4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">own </w:t>
       </w:r>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">individual circumstances. Advice can be obtained from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="008A16E7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Human Resources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00D60A0D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A288E8B" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
@@ -1630,111 +1546,75 @@
     <w:p w14:paraId="1A288E8E" w14:textId="5A51FD50" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D401AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you need specia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">l </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> you should contact your </w:t>
+        <w:t xml:space="preserve">l leave you should contact your </w:t>
       </w:r>
       <w:r w:rsidRPr="00D401AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">line manager and advise </w:t>
       </w:r>
       <w:r w:rsidR="00D92BA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>them</w:t>
       </w:r>
       <w:r w:rsidRPr="00D401AA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the reason.  Your manager will consider your request, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> your individual circumstances and will advise you if special leave can be granted and if so whether it is paid or unpaid. </w:t>
+        <w:t xml:space="preserve"> of the reason.  Your manager will consider your request, taking into account your individual circumstances and will advise you if special leave can be granted and if so whether it is paid or unpaid. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A288E8F" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A288E90" w14:textId="0815792D" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -1772,51 +1652,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You can also purchase additional annual leave. Please see the</w:t>
       </w:r>
       <w:r w:rsidR="004C6776">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13" w:history="1">
+      <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="004C6776" w:rsidRPr="004C6776">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Annual Leave Purchase Scheme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A288E91" w14:textId="2ACBBA9A" w:rsidR="00D92BA8" w:rsidRDefault="00D92BA8" w:rsidP="008709FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="810"/>
         </w:tabs>
         <w:rPr>
@@ -2014,77 +1894,59 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00726A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>sibling</w:t>
             </w:r>
             <w:r w:rsidR="002E79F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00726A16">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>(or stepsibling</w:t>
-[...8 lines deleted...]
-              <w:t>),</w:t>
+              <w:t>(or stepsibling),</w:t>
             </w:r>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> spouse, partner, child, guardian, </w:t>
+              <w:t xml:space="preserve">, spouse, partner, child, guardian, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">parent </w:t>
             </w:r>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>in-law or dependent relative</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288E9B" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -2178,51 +2040,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Up to 5 days and a further 2 weeks </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C0EE2F6" w14:textId="206D70FC" w:rsidR="00D92BA8" w:rsidRDefault="00D92BA8" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="004C6776" w:rsidRPr="004C6776">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Parental Bereavement Leave Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="004C6776">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69027312" w14:textId="77448E2A" w:rsidR="00D92BA8" w:rsidRPr="00D401AA" w:rsidRDefault="00D92BA8" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2403,50 +2265,171 @@
           <w:p w14:paraId="6EA69DF7" w14:textId="77777777" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>up to 1 day</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288E9F" w14:textId="0491F668" w:rsidR="00D92BA8" w:rsidRPr="00D401AA" w:rsidRDefault="00D92BA8" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A4483" w14:paraId="0B7911FB" w14:textId="77777777" w:rsidTr="001A4483">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5598" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FE3D20C" w14:textId="4D97E20A" w:rsidR="001A4483" w:rsidRDefault="001A4483" w:rsidP="001A4483">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Unpaid leave to give or arrange care for a ‘dependant’ who has:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41FDF18C" w14:textId="77777777" w:rsidR="001A4483" w:rsidRPr="001A4483" w:rsidRDefault="001A4483" w:rsidP="001A4483">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>a physical or mental illness or injury that means they’re expected to need care for more than 3 months</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="462863DF" w14:textId="77777777" w:rsidR="001A4483" w:rsidRPr="001A4483" w:rsidRDefault="001A4483" w:rsidP="001A4483">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>a disability (as defined in the Equality Act 2010)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="168C3DF4" w14:textId="77777777" w:rsidR="001A4483" w:rsidRPr="001A4483" w:rsidRDefault="001A4483" w:rsidP="001A4483">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A4483">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-GB"/>
+              </w:rPr>
+              <w:t>care needs because of their old age</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D316840" w14:textId="77777777" w:rsidR="001A4483" w:rsidRDefault="001A4483" w:rsidP="001A4483">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Up to 5 days in 12 months</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008709FA" w14:paraId="1A288EA4" w14:textId="77777777" w:rsidTr="009A2EE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5598" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1A288EA1" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2545,69 +2528,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Employee’s hospital appointment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6218B71F" w14:textId="4C2CEAB3" w:rsidR="004C6776" w:rsidRPr="00D401AA" w:rsidRDefault="004C6776" w:rsidP="004C6776">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">You are expected to try to arrange appointments </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> working hours, or where this is not possible to arrange them to cause the least disruption to work e.g. first thing in the morning or late afternoon</w:t>
+              <w:t>You are expected to try to arrange appointments outwith working hours, or where this is not possible to arrange them to cause the least disruption to work e.g. first thing in the morning or late afternoon</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288EA5" w14:textId="77777777" w:rsidR="004C6776" w:rsidRPr="00D401AA" w:rsidRDefault="004C6776" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A288EA6" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
@@ -2864,182 +2829,158 @@
           </w:p>
           <w:p w14:paraId="1A288EB5" w14:textId="4B8C91AA" w:rsidR="00B118D4" w:rsidRPr="006C2585" w:rsidRDefault="00B118D4" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C2585">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Week 2:  Statutory Paternity Pay (if employee meets qualifying conditions – see full</w:t>
             </w:r>
             <w:r w:rsidR="00320DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidR="00320DF1" w:rsidRPr="00320DF1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Family Friendly Policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006C2585">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288EB6" w14:textId="77777777" w:rsidR="00B118D4" w:rsidRPr="006C2585" w:rsidRDefault="00B118D4" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="029213DD" w14:textId="77777777" w:rsidR="00B118D4" w:rsidRDefault="00B118D4" w:rsidP="009A2EE4">
+          <w:p w14:paraId="1A288EB7" w14:textId="56C7859A" w:rsidR="00D92BA8" w:rsidRPr="006C2585" w:rsidRDefault="00B118D4" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C2585">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Both weeks to be taken consecutively.</w:t>
             </w:r>
-          </w:p>
-[...7 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D92BA8" w14:paraId="01412072" w14:textId="77777777" w:rsidTr="009A2EE4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5598" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="600CB84E" w14:textId="77777777" w:rsidR="00D92BA8" w:rsidRDefault="00D92BA8" w:rsidP="00D92BA8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Employee is the victim of domestic abuse (including physical/ emotional/ psychological/ economic abuse; coercive behaviour.) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3323D149" w14:textId="77777777" w:rsidR="00D92BA8" w:rsidRPr="00D401AA" w:rsidRDefault="00D92BA8" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7347B24A" w14:textId="77777777" w:rsidR="00D92BA8" w:rsidRDefault="00D92BA8" w:rsidP="00D92BA8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">At line manager’s discretion, </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> the circumstances and any action the employee requires to take (For example leaving family home, taking legal advice, attending court.) </w:t>
+              <w:t xml:space="preserve">At line manager’s discretion, taking into account the circumstances and any action the employee requires to take (For example leaving family home, taking legal advice, attending court.) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0020B15E" w14:textId="77777777" w:rsidR="00D92BA8" w:rsidRPr="00D401AA" w:rsidRDefault="00D92BA8" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008709FA" w14:paraId="1A288EBC" w14:textId="77777777" w:rsidTr="009A2EE4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
@@ -3205,69 +3146,51 @@
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5598" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A288EC2" w14:textId="77777777" w:rsidR="00D3445E" w:rsidRPr="00D401AA" w:rsidRDefault="00D3445E" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Attendance at annual training camp for </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Forces</w:t>
+              <w:t>Attendance at annual training camp for Non Regular Forces</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288EC3" w14:textId="77777777" w:rsidR="00D3445E" w:rsidRPr="00D401AA" w:rsidRDefault="00D3445E" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A288EC4" w14:textId="77777777" w:rsidR="00D3445E" w:rsidRPr="00D401AA" w:rsidRDefault="00D3445E" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
@@ -3712,69 +3635,51 @@
             <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5598" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A288ED3" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Study </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> for examination for employees on approved training courses</w:t>
+              <w:t>Study leave for examination for employees on approved training courses</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A288ED4" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A288ED5" w14:textId="77777777" w:rsidR="008709FA" w:rsidRPr="00D401AA" w:rsidRDefault="008709FA" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D401AA">
@@ -4020,51 +3925,51 @@
           </w:tcPr>
           <w:p w14:paraId="175A4419" w14:textId="0C0F8924" w:rsidR="00FC51CE" w:rsidRPr="00D401AA" w:rsidRDefault="00FC51CE" w:rsidP="009A2EE4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Volunteering </w:t>
             </w:r>
             <w:r w:rsidR="009E6DBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(See </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="009E6DBF" w:rsidRPr="009E6DBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>Staff Volunteering Guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="009E6DBF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3870" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CF33D1C" w14:textId="2AD66D9D" w:rsidR="00FC51CE" w:rsidRPr="00FC51CE" w:rsidRDefault="00FC51CE" w:rsidP="009A2EE4">
@@ -4148,265 +4053,252 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005640BC" w:rsidRPr="00F062DD" w14:paraId="26C0E2EC" w14:textId="77777777" w:rsidTr="005640BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59D30BDA" w14:textId="77777777" w:rsidR="00286EAB" w:rsidRDefault="00286EAB" w:rsidP="006348A0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00286EAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:t>Annual Leave Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="09AAC5B5" w14:textId="4A40A06F" w:rsidR="00286EAB" w:rsidRPr="00320DF1" w:rsidRDefault="00286EAB" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00286EAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Annual Leave Purchase Scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="6FA760EF" w14:textId="0E928FDF" w:rsidR="00320DF1" w:rsidRPr="00286EAB" w:rsidRDefault="00320DF1" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00320DF1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
-                <w:t>Family Friendly Pol</w:t>
-[...13 lines deleted...]
-                <w:t>cy</w:t>
+                <w:t>Family Friendly Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="2F9C63E8" w14:textId="2E4E3743" w:rsidR="005640BC" w:rsidRPr="00445C03" w:rsidRDefault="00286EAB" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00286EAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Parental Bereavement Leave Policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="793CE3D7" w14:textId="7A99A77A" w:rsidR="009E6DBF" w:rsidRDefault="009E6DBF" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="009E6DBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>Staff Volunteering Guidance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="40483CB8" w14:textId="77777777" w:rsidR="00286EAB" w:rsidRDefault="00286EAB" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1080"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="34727A0C" w14:textId="1DB1925A" w:rsidR="00286EAB" w:rsidRPr="000E778A" w:rsidRDefault="00286EAB" w:rsidP="00286EAB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="1080"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005640BC" w:rsidRPr="00811F21" w14:paraId="2739F303" w14:textId="77777777" w:rsidTr="005640BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50CE32ED" w14:textId="77777777" w:rsidR="005640BC" w:rsidRPr="000E778A" w:rsidRDefault="005640BC" w:rsidP="006348A0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E778A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">For further information regarding Annual Leave Entitlement please contact your Line Manager in the first instance or </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="000E778A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t>HR Shared Services</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000E778A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> at Council HQ on 01835 825052/5053.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11849AF9" w14:textId="77777777" w:rsidR="005640BC" w:rsidRPr="000E778A" w:rsidRDefault="005640BC" w:rsidP="006348A0">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1A288EE6" w14:textId="77777777" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA"/>
     <w:p w14:paraId="1A288EE7" w14:textId="77777777" w:rsidR="008709FA" w:rsidRDefault="008709FA" w:rsidP="008709FA"/>
     <w:p w14:paraId="1A288EE8" w14:textId="77777777" w:rsidR="00FC02E9" w:rsidRDefault="00FC02E9"/>
     <w:sectPr w:rsidR="00FC02E9">
-      <w:headerReference w:type="default" r:id="rId23"/>
-      <w:footerReference w:type="default" r:id="rId24"/>
+      <w:headerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="default" r:id="rId23"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="54152CD4" w14:textId="77777777" w:rsidR="008D51FB" w:rsidRDefault="008D51FB">
+    <w:p w14:paraId="7B8F9747" w14:textId="77777777" w:rsidR="004F11B5" w:rsidRDefault="004F11B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17EF0753" w14:textId="77777777" w:rsidR="008D51FB" w:rsidRDefault="008D51FB">
+    <w:p w14:paraId="22C6BEBC" w14:textId="77777777" w:rsidR="004F11B5" w:rsidRDefault="004F11B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4424,64 +4316,64 @@
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-[...1 lines deleted...]
-    <w:notTrueType/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ArialMT">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gautami">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00200003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -4512,83 +4404,83 @@
       <w:t xml:space="preserve"> –</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="008A16E7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>August 2021</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="52286A4D" w14:textId="77777777" w:rsidR="008D51FB" w:rsidRDefault="008D51FB">
+    <w:p w14:paraId="75D887D9" w14:textId="77777777" w:rsidR="004F11B5" w:rsidRDefault="004F11B5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01B9B717" w14:textId="77777777" w:rsidR="008D51FB" w:rsidRDefault="008D51FB">
+    <w:p w14:paraId="54734416" w14:textId="77777777" w:rsidR="004F11B5" w:rsidRDefault="004F11B5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1A288EEE" w14:textId="02ACD88C" w:rsidR="00913945" w:rsidRDefault="008A16E7" w:rsidP="008A16E7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00DA0788">
       <w:rPr>
         <w:rFonts w:ascii="Gautami" w:hAnsi="Gautami" w:cs="Gautami"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67ADA338" wp14:editId="4C5F7BE1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67ADA338" wp14:editId="4C5F7BE1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5305425</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-104775</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="619125" cy="563880"/>
           <wp:effectExtent l="0" t="0" r="9525" b="7620"/>
           <wp:wrapNone/>
           <wp:docPr id="13" name="Picture 13" descr="EIA Kite Mark 01"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 13" descr="EIA Kite Mark 01"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
@@ -4613,51 +4505,51 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="008709FA">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A288EF4" wp14:editId="1A288EF5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A288EF4" wp14:editId="1A288EF5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2073910</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>116840</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2879090" cy="237490"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="2" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2879090" cy="237490"/>
                       </a:xfrm>
@@ -4714,51 +4606,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1A288EF4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:163.3pt;margin-top:9.2pt;width:226.7pt;height:18.7pt;z-index:251657216;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz/HII3AEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD0vtjxsqUx4hS9IMOA&#10;ri3Q7QNkWbaF2aJAKbGzrx8lJ2m2vQ17EUSRPuQ5PF7fjH3H9gqdBlPw+SzlTBkJlTZNwb9/276/&#10;5sx5YSrRgVEFPyjHbzZX79aDzVUGLXSVQkYgxuWDLXjrvc2TxMlW9cLNwCpDyRqwF55CbJIKxUDo&#10;fZdkafopGQAriyCVc/T6MCX5JuLXtZL+ua6d8qwrOM3m44nxLMOZbNYib1DYVsvjGOIfpuiFNtT0&#10;DPUgvGA71H9B9VoiOKj9TEKfQF1rqSIHYjNP/2Dz2gqrIhcSx9mzTO7/wcqn/at9QebHOxhpgZGE&#10;s48gfzhm4L4VplG3iDC0SlTUeB4kSwbr8uOnQWqXuwBSDl+hoiWLnYcINNbYB1WIJyN0WsDhLLoa&#10;PZP0mF0vV+mKUpJy2Yflgu6hhchPX1t0/rOCnoVLwZGWGtHF/tH5qfRUEpoZ2Oqui4vtzG8PhBle&#10;4vRh4Gl0P5YjVQcWJVQH4oEw+YR8TZcW8CdnA3mk4IZMzFn3xZASq/liESwVg8XHZUYBXmbKy4ww&#10;koAK7jmbrvd+suHOom5a6nPS/pbU2+pI7G2m49TkgijN0bHBZpdxrHr7rza/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAEa41ktwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF95W4gzVI7Fq7&#10;oQkmxKlQgTVQOIAbmzgkHkex2wZOz7CC5eg//Xm/2s5+YCc7xS6ggvVKALPYBNNhq+D97WkpgcWk&#10;0eghoFXwZSNs64tFpUsTzvhqT/vUMirBWGoFLqWx5Dw2znodV2G0SNlHmLxOdE4tN5M+U7kfeCZE&#10;wb3ukD44Pdqds02/P3oFUvjnvr/NXqLffK9zt3sIj+OnUleX8/0dsGTn9AfDrz6pQ01Oh3BEE9mg&#10;4DorCkIpkBtgBNxIQeMOCvJcAq8r/n9B/QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDz&#10;/HII3AEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQARrjWS3AAAAAkBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:163.3pt;margin-top:9.2pt;width:226.7pt;height:18.7pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDz/HII3AEAAJ8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR/QfxD0vtjxsqUx4hS9IMOA&#10;ri3Q7QNkWbaF2aJAKbGzrx8lJ2m2vQ17EUSRPuQ5PF7fjH3H9gqdBlPw+SzlTBkJlTZNwb9/276/&#10;5sx5YSrRgVEFPyjHbzZX79aDzVUGLXSVQkYgxuWDLXjrvc2TxMlW9cLNwCpDyRqwF55CbJIKxUDo&#10;fZdkafopGQAriyCVc/T6MCX5JuLXtZL+ua6d8qwrOM3m44nxLMOZbNYib1DYVsvjGOIfpuiFNtT0&#10;DPUgvGA71H9B9VoiOKj9TEKfQF1rqSIHYjNP/2Dz2gqrIhcSx9mzTO7/wcqn/at9QebHOxhpgZGE&#10;s48gfzhm4L4VplG3iDC0SlTUeB4kSwbr8uOnQWqXuwBSDl+hoiWLnYcINNbYB1WIJyN0WsDhLLoa&#10;PZP0mF0vV+mKUpJy2Yflgu6hhchPX1t0/rOCnoVLwZGWGtHF/tH5qfRUEpoZ2Oqui4vtzG8PhBle&#10;4vRh4Gl0P5YjVQcWJVQH4oEw+YR8TZcW8CdnA3mk4IZMzFn3xZASq/liESwVg8XHZUYBXmbKy4ww&#10;koAK7jmbrvd+suHOom5a6nPS/pbU2+pI7G2m49TkgijN0bHBZpdxrHr7rza/AAAA//8DAFBLAwQU&#10;AAYACAAAACEAEa41ktwAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU7DMBBF95W4gzVI7Fq7&#10;oQkmxKlQgTVQOIAbmzgkHkex2wZOz7CC5eg//Xm/2s5+YCc7xS6ggvVKALPYBNNhq+D97WkpgcWk&#10;0eghoFXwZSNs64tFpUsTzvhqT/vUMirBWGoFLqWx5Dw2znodV2G0SNlHmLxOdE4tN5M+U7kfeCZE&#10;wb3ukD44Pdqds02/P3oFUvjnvr/NXqLffK9zt3sIj+OnUleX8/0dsGTn9AfDrz6pQ01Oh3BEE9mg&#10;4DorCkIpkBtgBNxIQeMOCvJcAq8r/n9B/QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDz&#10;/HII3AEAAJ8DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQARrjWS3AAAAAkBAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAPwUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="1A288EF8" w14:textId="77777777" w:rsidR="00913945" w:rsidRPr="00A555DB" w:rsidRDefault="00D82ACC" w:rsidP="001F131B">
                     <w:pPr>
                       <w:pStyle w:val="Header"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:color w:val="993366"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:color w:val="993366"/>
                       </w:rPr>
                       <w:t>HR</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A555DB">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                         <w:color w:val="993366"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> POLICIES, PROCEDURES &amp; GUIDELINES</w:t>
                     </w:r>
                   </w:p>
@@ -4809,50 +4701,163 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
   <w:p w14:paraId="1A288EEF" w14:textId="77777777" w:rsidR="00913945" w:rsidRDefault="00913945">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A9950D1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="361E7BAC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76D46FF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15E2E5E2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4922,125 +4927,145 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1663275">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="177429216">
     <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="lUTHAhjmKzKyworu+KGEElBWhONJEh9R+jNQwx5Vvtc4bkG7q6dWsXIighh1CpQk961W38+8/B4kyeX2e81uFw==" w:salt="4Eaoi21LV8vz1EiJDG7iAg=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="0/6KljASsk8LCW1159Gum+b0xOVn0Tfx81fRKyOkzoXzS5b9eKhNhMplfoa/380qX2Cp/qNVEjhqiZEESMd3Cw==" w:salt="9ptioiaUJ+lqz56K2Mzqgw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008709FA"/>
     <w:rsid w:val="00062ACF"/>
+    <w:rsid w:val="001361F3"/>
+    <w:rsid w:val="0017679D"/>
     <w:rsid w:val="0018522D"/>
+    <w:rsid w:val="001A4483"/>
     <w:rsid w:val="001B1892"/>
     <w:rsid w:val="001F312C"/>
     <w:rsid w:val="00202DF2"/>
     <w:rsid w:val="002512D0"/>
     <w:rsid w:val="00286EAB"/>
     <w:rsid w:val="002E79F7"/>
+    <w:rsid w:val="002F4565"/>
     <w:rsid w:val="00320DF1"/>
     <w:rsid w:val="003A0817"/>
     <w:rsid w:val="003F0FF8"/>
     <w:rsid w:val="00445C03"/>
     <w:rsid w:val="004C6776"/>
+    <w:rsid w:val="004F11B5"/>
     <w:rsid w:val="00547442"/>
     <w:rsid w:val="005640BC"/>
     <w:rsid w:val="00593723"/>
     <w:rsid w:val="00600684"/>
     <w:rsid w:val="00664A84"/>
     <w:rsid w:val="00697607"/>
     <w:rsid w:val="006A7E15"/>
+    <w:rsid w:val="006C1D17"/>
     <w:rsid w:val="006C2585"/>
     <w:rsid w:val="00726A16"/>
     <w:rsid w:val="00733DF9"/>
     <w:rsid w:val="00744FB9"/>
+    <w:rsid w:val="00745B5C"/>
     <w:rsid w:val="00862EFD"/>
     <w:rsid w:val="008709FA"/>
     <w:rsid w:val="008864BD"/>
     <w:rsid w:val="008A16E7"/>
     <w:rsid w:val="008D51FB"/>
     <w:rsid w:val="00913945"/>
     <w:rsid w:val="00937373"/>
     <w:rsid w:val="00961982"/>
     <w:rsid w:val="009912A2"/>
     <w:rsid w:val="009A2ACE"/>
     <w:rsid w:val="009E6DBF"/>
     <w:rsid w:val="009F7142"/>
     <w:rsid w:val="00A22ADE"/>
+    <w:rsid w:val="00AC33F6"/>
     <w:rsid w:val="00AE1752"/>
     <w:rsid w:val="00B118D4"/>
     <w:rsid w:val="00B25B7D"/>
     <w:rsid w:val="00BC382F"/>
+    <w:rsid w:val="00C52600"/>
     <w:rsid w:val="00CD70D9"/>
     <w:rsid w:val="00D3445E"/>
     <w:rsid w:val="00D367BB"/>
     <w:rsid w:val="00D465DA"/>
     <w:rsid w:val="00D82ACC"/>
     <w:rsid w:val="00D92BA8"/>
     <w:rsid w:val="00DC1049"/>
     <w:rsid w:val="00E7614E"/>
     <w:rsid w:val="00EE466E"/>
     <w:rsid w:val="00F7628A"/>
     <w:rsid w:val="00F80D5B"/>
     <w:rsid w:val="00FC02E9"/>
     <w:rsid w:val="00FC51CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
@@ -5751,51 +5776,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004C6776"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotborders.sharepoint.com/:w:/r/sites/intranet/_layouts/15/Doc.aspx?sourcedoc=%7Bf432b921-d3a9-406d-89e0-0a3ab502ee74%7D&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/1049/annual_leave_purchase_scheme" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/11314/volunteering_guidance" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askhr@scotborders.gov.uk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/8005/annual_leave_policy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/11314/volunteering_guidance" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/7996/parental_bereavement_leave_policy" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askhr@scotborders.gov.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/897/family_friendly_policy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/897/family_friendly_policy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/7996/parental_bereavement_leave_policy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:personnel@scotborders.gov.uk?subject=Annual%20Leave%20Entitlement%20enquiry" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/7996/parental_bereavement_leave_policy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/897/family_friendly_policy" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:personnel@scotborders.gov.uk?subject=Annual%20Leave%20Entitlement%20enquiry" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotborders.sharepoint.com/:w:/r/sites/intranet/_layouts/15/Doc.aspx?sourcedoc=%7Bf432b921-d3a9-406d-89e0-0a3ab502ee74%7D&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/1049/annual_leave_purchase_scheme" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/8005/annual_leave_policy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/11314/volunteering_guidance" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askhr@scotborders.gov.uk" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/11314/volunteering_guidance" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:askhr@scotborders.gov.uk" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/file/7996/parental_bereavement_leave_policy" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scotborders.gov.uk/downloads/download/897/family_friendly_policy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -6055,229 +6080,192 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...44 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <TaxCatchAll xmlns="a1cf9664-28d5-4a3a-a819-329790bd5d70">
+    <TaxCatchAll xmlns="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d">
       <Value>136</Value>
       <Value>3</Value>
     </TaxCatchAll>
-    <l3c5f7dd90eb48bd944478702fa135c5 xmlns="a1cf9664-28d5-4a3a-a819-329790bd5d70">
-[...19 lines deleted...]
-    </_dlc_DocIdUrl>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Intranet Document" ma:contentTypeID="0x0101007BA798E6ADBDE04ABA650200B787D84C0E00752C809D9B852F4CA1515E36498FE5E7" ma:contentTypeVersion="11" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="ff81570f8c899da75ce2581da5b8c009">
-[...1 lines deleted...]
-    <xsd:import namespace="a1cf9664-28d5-4a3a-a819-329790bd5d70"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100BA8AD1E9C2DBDB44A4F8ADA75AB613D9" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a435b37eff0b01a69f31745bb8c1b394">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555" xmlns:ns3="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2acdfefe792b0262be8758713ea4ce1c" ns2:_="" ns3:_="">
+    <xsd:import namespace="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555"/>
+    <xsd:import namespace="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
-[...5 lines deleted...]
-                <xsd:element ref="ns2:c6af4a388b60405fb14fb98ad2bb6631" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a1cf9664-28d5-4a3a-a819-329790bd5d70" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="12" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Boolean"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="l3c5f7dd90eb48bd944478702fa135c5" ma:index="11" ma:taxonomy="true" ma:internalName="l3c5f7dd90eb48bd944478702fa135c5" ma:taxonomyFieldName="Departments" ma:displayName="Departments" ma:readOnly="false" ma:default="" ma:fieldId="{53c5f7dd-90eb-48bd-9444-78702fa135c5}" ma:sspId="c6a0454f-ea95-400d-84ad-89e7d6aef09a" ma:termSetId="081d89b0-f90e-4d45-a67e-ca297780553e" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="af6298c7-8ea1-4c8f-bb4d-5fe93b8392ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{006c237a-45f4-4e07-afde-b196f53d1f7f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="a1cf9664-28d5-4a3a-a819-329790bd5d70">
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{06b474e5-394f-4650-8672-b4ffdd05eb9c}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
-      </xsd:complexType>
-[...16 lines deleted...]
-        </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -6322,162 +6310,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78896AD0-E9F5-4D87-B9C0-85A24A5E5A92}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C959E769-6F56-4CDD-98DB-B13138BB2269}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d"/>
+    <ds:schemaRef ds:uri="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C959E769-6F56-4CDD-98DB-B13138BB2269}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FAD4ECDE-F335-497B-90D7-FBF8B198D9B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="a1cf9664-28d5-4a3a-a819-329790bd5d70"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC00165B-61FE-410B-9679-D5A483671E31}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39372D00-1ECE-437E-A405-05F479FEF860}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="a1cf9664-28d5-4a3a-a819-329790bd5d70"/>
+    <ds:schemaRef ds:uri="e0e8e87e-206f-4f72-8d1f-3f8e3a98c555"/>
+    <ds:schemaRef ds:uri="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1315</Words>
-  <Characters>6906</Characters>
+  <Words>1324</Words>
+  <Characters>7177</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>146</Paragraphs>
+  <DocSecurity>12</DocSecurity>
+  <Lines>199</Lines>
+  <Paragraphs>85</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Guidelines on Special Leave</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Scottish Borders Council</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8075</CharactersWithSpaces>
+  <CharactersWithSpaces>8416</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Guidelines on Special Leave</dc:title>
   <dc:creator>Kinmond, Jackie</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101007BA798E6ADBDE04ABA650200B787D84C0E00752C809D9B852F4CA1515E36498FE5E7</vt:lpwstr>
+    <vt:lpwstr>0x010100BA8AD1E9C2DBDB44A4F8ADA75AB613D9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
     <vt:lpwstr>8afd7f57-07fb-4331-ad5f-f41db3810f41</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>136;#Leave|ec5173dc-80df-40a6-9265-43a945ca494e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Departments">
     <vt:lpwstr>3;#Human Resources|104be985-6d9e-440d-b392-faae8c10acc4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_SetDate">
     <vt:lpwstr>2021-08-25T10:14:36Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_SiteId">
     <vt:lpwstr>89ed32a2-9b6b-41db-bb6f-376ec8fcd11d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_ActionId">
     <vt:lpwstr>aa8e98ef-ed04-481f-bd7d-e1f5ce6fe02a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="docLang">
+    <vt:lpwstr>en</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>