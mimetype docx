--- v0 (2026-01-08)
+++ v1 (2026-02-19)
@@ -1,10698 +1,10156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1DCFCFB3" w14:textId="1EF3F286" w:rsidR="00A72727" w:rsidRPr="00A72727" w:rsidRDefault="00A72727" w:rsidP="00A72727">
-      <w:pPr>
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00A72727" w:rsidP="00FC7CE3" w:rsidRDefault="00A72727" w14:paraId="1DCFCFB3" w14:textId="2214C77D">
+      <w:pPr>
+        <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="32"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A72727">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No One Left Behind 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00937A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00937A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                     </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7CE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06ED360F" wp14:editId="553F8F47">
-[...10 lines deleted...]
-            <wp:docPr id="2" name="Picture 2" descr="A black and white logo&#10;&#10;Description automatically generated"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5235E587" wp14:editId="223ADE10">
+            <wp:extent cx="1446847" cy="525519"/>
+            <wp:effectExtent l="0" t="0" r="1270" b="8255"/>
+            <wp:docPr id="2025154981" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1614862334" name="Picture 1" descr="A black and white logo&#10;&#10;Description automatically generated"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1643974" cy="709068"/>
+                      <a:ext cx="1479523" cy="537387"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
-[...5 lines deleted...]
-          </wp:anchor>
+          </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00A72727">
+    </w:p>
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="004E0B0D" w:rsidRDefault="005D7ADE" w14:paraId="0BF83F28" w14:textId="7B2F4503">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...46 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Application Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5275913C" w14:textId="54ED6B8B" w:rsidR="005D7ADE" w:rsidRPr="008407DC" w:rsidRDefault="005D7ADE" w:rsidP="00802A9E">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="005D7ADE" w:rsidP="00802A9E" w:rsidRDefault="005D7ADE" w14:paraId="5275913C" w14:textId="54ED6B8B">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please read the Guidance before completing</w:t>
       </w:r>
-      <w:r w:rsidR="008407DC">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="008407DC">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3434192D" w14:textId="7F831338" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00EF3FF3" w:rsidP="00D405C5">
+    <w:p w:rsidRPr="008407DC" w:rsidR="00582DC9" w:rsidP="00D405C5" w:rsidRDefault="00EF3FF3" w14:paraId="3434192D" w14:textId="7F831338">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Section 1.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00B52012">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Your </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00582DC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Organisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008407DC" w:rsidR="00582DC9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Section 1.  </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Organisation </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="3350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="5D592DE9" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00582DC9" w:rsidTr="00624705" w14:paraId="5D592DE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC621EA" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="0BC621EA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of Organisation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8ABD4F" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="1D8ABD4F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D402B9" w:rsidP="00582DC9" w:rsidRDefault="00D402B9" w14:paraId="5DAB6C7B" w14:textId="0904F07E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="2545F660" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00582DC9" w:rsidTr="00624705" w14:paraId="2545F660" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A10E92D" w14:textId="2C33C524" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00A25FF8">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00A25FF8" w:rsidRDefault="00582DC9" w14:paraId="2A10E92D" w14:textId="2C33C524">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Type of Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D01D3B7" w14:textId="7F429E88" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="3D01D3B7" w14:textId="7F429E88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A25FF8" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="710CAB7B" w14:textId="61A30B5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1797365595"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003932A8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003932A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Co</w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>nstituted Community</w:t>
             </w:r>
-            <w:r w:rsidR="00E31254" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E31254">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> / Voluntary</w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="003932A8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003932A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Group</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FAE0796" w14:textId="46F7E0C0" w:rsidR="00A25FF8" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A25FF8" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="6FAE0796" w14:textId="46F7E0C0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1132164711"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E31254" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E31254">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Registered Charity / SCIO</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79A4D238" w14:textId="2E760A28" w:rsidR="00A25FF8" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A25FF8" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="79A4D238" w14:textId="2E760A28">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1030649833"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Social Enterprise</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C914F01" w14:textId="0170634C" w:rsidR="00A25FF8" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A25FF8" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="1C914F01" w14:textId="0170634C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1928487762"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Community Interest Company</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="31DE39DC" w14:textId="4F9E0804" w:rsidR="00A25FF8" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A25FF8" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="31DE39DC" w14:textId="4F9E0804">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1545367526"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Trust</w:t>
             </w:r>
-            <w:r w:rsidR="00693958" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00693958">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/Development Company</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A92404D" w14:textId="7CA65E23" w:rsidR="006A0A34" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="006A0A34" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="3A92404D" w14:textId="7CA65E23">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1710024360"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E6710B" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00E6710B">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00E6710B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E6710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Business / Enterprise / Private Sector</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DA55A62" w14:textId="45093C7E" w:rsidR="00693958" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00693958" w:rsidP="00582DC9" w:rsidRDefault="0056401F" w14:paraId="2DA55A62" w14:textId="45093C7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="319544128"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00693958" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00693958">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00E55A60">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E55A60">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00693958" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00693958">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Other – Please state: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02EB378F" w14:textId="6E8D47A1" w:rsidR="00D402B9" w:rsidRPr="008407DC" w:rsidRDefault="00D402B9" w:rsidP="00603D68">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D402B9" w:rsidP="00603D68" w:rsidRDefault="00D402B9" w14:paraId="02EB378F" w14:textId="6E8D47A1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="3B68AE82" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00582DC9" w:rsidTr="00624705" w14:paraId="3B68AE82" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C6264A5" w14:textId="28E0A4B7" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="7C6264A5" w14:textId="28E0A4B7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Registered Address </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D65CAB5" w14:textId="5B77A641" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="1D65CAB5" w14:textId="5B77A641">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003932A8" w:rsidP="00582DC9" w:rsidRDefault="003932A8" w14:paraId="1831FDA8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D402B9" w:rsidP="00582DC9" w:rsidRDefault="00D402B9" w14:paraId="6A05A809" w14:textId="0A23E06F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="61676CB0" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00582DC9" w:rsidTr="00624705" w14:paraId="61676CB0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="749478F0" w14:textId="5F35B811" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00EF3FF3" w:rsidP="00582DC9">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00EF3FF3" w14:paraId="749478F0" w14:textId="5F35B811">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Contact</w:t>
             </w:r>
-            <w:r w:rsidR="004738D5" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="004738D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
-            <w:r w:rsidR="00582DC9" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00582DC9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B54592C" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00582DC9">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00582DC9" w:rsidRDefault="00582DC9" w14:paraId="6B54592C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D402B9" w:rsidP="00582DC9" w:rsidRDefault="00D402B9" w14:paraId="0D0B940D" w14:textId="55990B53">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3FF3" w:rsidRPr="008407DC" w14:paraId="79654D11" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00EF3FF3" w:rsidTr="00624705" w14:paraId="79654D11" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C2C523C" w14:textId="51450F1B" w:rsidR="00EF3FF3" w:rsidRPr="008407DC" w:rsidRDefault="00EF3FF3" w:rsidP="00582DC9">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00EF3FF3" w:rsidP="00582DC9" w:rsidRDefault="00EF3FF3" w14:paraId="5C2C523C" w14:textId="51450F1B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Key Contact</w:t>
             </w:r>
-            <w:r w:rsidR="004738D5" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="004738D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3509" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A96F385" w14:textId="77777777" w:rsidR="00EF3FF3" w:rsidRPr="008407DC" w:rsidRDefault="00EF3FF3" w:rsidP="00582DC9">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00EF3FF3" w:rsidP="00582DC9" w:rsidRDefault="00EF3FF3" w14:paraId="6A96F385" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00EF3FF3" w:rsidP="00582DC9" w:rsidRDefault="00EF3FF3" w14:paraId="2B5BBCC3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6872" w:rsidRPr="008407DC" w14:paraId="47B262D1" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00BB6872" w:rsidTr="00624705" w14:paraId="47B262D1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="809"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAA8D8B" w14:textId="172C9D88" w:rsidR="00BB6872" w:rsidRPr="008407DC" w:rsidRDefault="00BB6872" w:rsidP="00582DC9">
-[...28 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00582DC9" w:rsidRDefault="00BB6872" w14:paraId="4CAA8D8B" w14:textId="172C9D88">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scottish Charity Registration Number or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00BB6872">
-[...24 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Company Registration No (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4604F832" w14:textId="77777777" w:rsidR="00BB6872" w:rsidRPr="008407DC" w:rsidRDefault="00BB6872" w:rsidP="00582DC9">
+          <w:p w:rsidRPr="008407DC" w:rsidR="00BB6872" w:rsidP="00582DC9" w:rsidRDefault="00BB6872" w14:paraId="4604F832" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6872" w:rsidRPr="008407DC" w14:paraId="632E6265" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00BB6872" w:rsidTr="00624705" w14:paraId="632E6265" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="834"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3142" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C860FEF" w14:textId="2232A9EA" w:rsidR="00BB6872" w:rsidRPr="00BB6872" w:rsidRDefault="00BB6872" w:rsidP="00BB6872">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00BB6872" w:rsidRDefault="00BB6872" w14:paraId="3C860FEF" w14:textId="2232A9EA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB6872">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Is this a partnership application?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1858" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="770FE4FC" w14:textId="77777777" w:rsidR="00BB6872" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00BB6872">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00BB6872" w:rsidRDefault="0056401F" w14:paraId="770FE4FC" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1801835430"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E1E1591" w14:textId="0CAD316E" w:rsidR="00BB6872" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00BB6872">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00BB6872" w:rsidRDefault="0056401F" w14:paraId="7E1E1591" w14:textId="0CAD316E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1244875545"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
-            <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00BB6872" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00BB6872">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB6872" w:rsidRPr="008407DC" w14:paraId="76B0ABE7" w14:textId="77777777" w:rsidTr="00BB6872">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00BB6872" w:rsidTr="00BB6872" w14:paraId="76B0ABE7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="046CF608" w14:textId="16549349" w:rsidR="00BB6872" w:rsidRPr="00BB6872" w:rsidRDefault="00BB6872" w:rsidP="00582DC9">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00582DC9" w:rsidRDefault="00BB6872" w14:paraId="046CF608" w14:textId="16549349">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If yes, please detail: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BB6872">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>(please note the application should be in the name of the lead partner who will take responsibility for the management and delivery of the project, and to which grant funding will be paid)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75548B50" w14:textId="77777777" w:rsidR="00BB6872" w:rsidRDefault="00BB6872" w:rsidP="00582DC9">
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00582DC9" w:rsidRDefault="00BB6872" w14:paraId="75548B50" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00BB6872" w:rsidP="00582DC9" w:rsidRDefault="00BB6872" w14:paraId="0C06A9E7" w14:textId="4B2A4DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3FF3" w:rsidRPr="008407DC" w14:paraId="3536949F" w14:textId="77777777" w:rsidTr="009218CE">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00EF3FF3" w:rsidTr="009218CE" w14:paraId="3536949F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4903E35F" w14:textId="587ED33D" w:rsidR="00F0190D" w:rsidRPr="006A0A34" w:rsidRDefault="00F62FEB" w:rsidP="00EF3FF3">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F0190D" w:rsidP="00EF3FF3" w:rsidRDefault="00F62FEB" w14:paraId="4903E35F" w14:textId="587ED33D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1a. </w:t>
             </w:r>
-            <w:r w:rsidR="00EF3FF3" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EF3FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please </w:t>
             </w:r>
-            <w:r w:rsidR="00C50FBE">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00C50FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>describe what your</w:t>
             </w:r>
-            <w:r w:rsidR="00EF3FF3" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EF3FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> organisation</w:t>
             </w:r>
-            <w:r w:rsidR="00C50FBE">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00C50FBE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> does </w:t>
             </w:r>
-            <w:r w:rsidR="00EF3FF3" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EF3FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00DF40D4" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00DF40D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">max. </w:t>
             </w:r>
-            <w:r w:rsidR="00E669A8">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">200 </w:t>
             </w:r>
-            <w:r w:rsidR="00EF3FF3" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EF3FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>words)</w:t>
             </w:r>
-            <w:r w:rsidR="00F0190D" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00F0190D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF3FF3" w:rsidRPr="008407DC" w14:paraId="64D919EE" w14:textId="77777777" w:rsidTr="00EF3FF3">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00EF3FF3" w:rsidTr="00EF3FF3" w14:paraId="64D919EE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="3169DB0A" w14:textId="7642E03A" w:rsidR="00E669A8" w:rsidRPr="006A0A34" w:rsidRDefault="006A0A34" w:rsidP="00E669A8">
-[...11 lines deleted...]
-                <w:iCs/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E669A8" w:rsidP="00E669A8" w:rsidRDefault="006A0A34" w14:paraId="3169DB0A" w14:textId="7642E03A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
               <w:t>I</w:t>
             </w:r>
-            <w:r w:rsidR="00E669A8" w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">t is important to have a short, succinct, and powerful explanation of what your organisation does. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4504ED0B" w14:textId="77777777" w:rsidR="00E669A8" w:rsidRPr="006A0A34" w:rsidRDefault="00E669A8" w:rsidP="00E669A8">
-[...11 lines deleted...]
-                <w:iCs/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E669A8" w:rsidP="00E669A8" w:rsidRDefault="00E669A8" w14:paraId="4504ED0B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="690693BD" w14:textId="7583E56F" w:rsidR="00E669A8" w:rsidRPr="006A0A34" w:rsidRDefault="006B6983" w:rsidP="00E669A8">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E669A8" w:rsidP="00E669A8" w:rsidRDefault="006B6983" w14:paraId="690693BD" w14:textId="7583E56F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>In one or two sentences, w</w:t>
             </w:r>
-            <w:r w:rsidR="00E669A8" w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>hat is your organisation</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>’</w:t>
             </w:r>
-            <w:r w:rsidR="00E669A8" w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>s mission</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
-            <w:r w:rsidR="00E669A8" w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...19 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E669A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>are you trying to achieve</w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C5EA435" w14:textId="77777777" w:rsidR="00E669A8" w:rsidRPr="006A0A34" w:rsidRDefault="00E669A8" w:rsidP="00E669A8">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E669A8" w:rsidP="00E669A8" w:rsidRDefault="00E669A8" w14:paraId="3C5EA435" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>Summarise your main activities/services that you provide. What makes you unique?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15CE6A56" w14:textId="5D09C874" w:rsidR="00E669A8" w:rsidRPr="006A0A34" w:rsidRDefault="00E669A8" w:rsidP="00E669A8">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E669A8" w:rsidP="00E669A8" w:rsidRDefault="00E669A8" w14:paraId="15CE6A56" w14:textId="5D09C874">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">Use data and numbers </w:t>
             </w:r>
-            <w:r w:rsidR="006B6983">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="006B6983">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
-            <w:r w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">support the work you do, i.e., how many people you support, how many programmes you run, the quantifiable difference you make. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AD219FE" w14:textId="4A59F998" w:rsidR="00E669A8" w:rsidRDefault="00E669A8" w:rsidP="00E669A8">
+          <w:p w:rsidRPr="00FC7CE3" w:rsidR="0083746C" w:rsidP="00EF3FF3" w:rsidRDefault="00E669A8" w14:paraId="09F05AD3" w14:textId="2572051D">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:iCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">Avoid industry jargon! Assume that the reader will have zero knowledge of your </w:t>
             </w:r>
-            <w:r w:rsidR="000B00A3">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000B00A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t>geographical area and sector</w:t>
             </w:r>
-            <w:r w:rsidRPr="006A0A34">
-[...3 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-          </w:p>
-[...144 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4362FF17" w14:textId="77777777" w:rsidR="003560EB" w:rsidRDefault="003560EB">
+    <w:p w:rsidR="003560EB" w:rsidRDefault="003560EB" w14:paraId="4362FF17" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="678726E0" w14:textId="3520B8EC" w:rsidR="00EE1516" w:rsidRPr="008407DC" w:rsidRDefault="002C4980">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00EE1516" w:rsidRDefault="002C4980" w14:paraId="678726E0" w14:textId="3520B8EC">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 2: </w:t>
       </w:r>
-      <w:r w:rsidR="00B52012">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00B52012">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Your </w:t>
       </w:r>
-      <w:r w:rsidR="00EE1516" w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00EE1516">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="5386"/>
         <w:gridCol w:w="941"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="016BB6A0" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidTr="774CD709" w14:paraId="016BB6A0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="405837DD" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00B629C5">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00B629C5" w:rsidRDefault="00582DC9" w14:paraId="405837DD" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Project Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B94D5A5" w14:textId="6005BAB9" w:rsidR="00B34C78" w:rsidRPr="00E669A8" w:rsidRDefault="00B34C78" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B34C78" w:rsidP="00B629C5" w:rsidRDefault="00B34C78" w14:paraId="4B94D5A5" w14:textId="6005BAB9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00582DC9" w:rsidRPr="008407DC" w14:paraId="6DF72083" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidTr="774CD709" w14:paraId="6DF72083" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2317EB14" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="008407DC" w:rsidRDefault="00582DC9" w:rsidP="00B629C5">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00B629C5" w:rsidRDefault="00582DC9" w14:paraId="2317EB14" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Project Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB33735" w14:textId="77777777" w:rsidR="00582DC9" w:rsidRPr="00E669A8" w:rsidRDefault="00582DC9" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00582DC9" w:rsidP="00B629C5" w:rsidRDefault="00582DC9" w14:paraId="2AB33735" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DEEC669" w14:textId="259A476F" w:rsidR="00B34C78" w:rsidRPr="00E669A8" w:rsidRDefault="00B34C78" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B34C78" w:rsidP="00B629C5" w:rsidRDefault="00B34C78" w14:paraId="3DEEC669" w14:textId="259A476F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005406E3" w:rsidRPr="008407DC" w14:paraId="6A4F12E6" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="005406E3" w:rsidTr="774CD709" w14:paraId="6A4F12E6" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE3977C" w14:textId="619DDBE8" w:rsidR="005406E3" w:rsidRPr="008407DC" w:rsidRDefault="00055D7B" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005406E3" w:rsidP="00B629C5" w:rsidRDefault="00055D7B" w14:paraId="6BE3977C" w14:textId="619DDBE8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Start Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1543AB0F" w14:textId="77777777" w:rsidR="002C4980" w:rsidRDefault="002C4980" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C4980" w:rsidP="00B629C5" w:rsidRDefault="002C4980" w14:paraId="1543AB0F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3656B9AB" w14:textId="092D9485" w:rsidR="00D3592A" w:rsidRPr="00E669A8" w:rsidRDefault="00D3592A" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D3592A" w:rsidP="00B629C5" w:rsidRDefault="00D3592A" w14:paraId="3656B9AB" w14:textId="092D9485">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00055D7B" w:rsidRPr="008407DC" w14:paraId="0FFE1040" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00055D7B" w:rsidTr="774CD709" w14:paraId="0FFE1040" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ED1DF80" w14:textId="067F1CAB" w:rsidR="00055D7B" w:rsidRPr="008407DC" w:rsidRDefault="00055D7B" w:rsidP="00B629C5">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00055D7B" w:rsidP="00B629C5" w:rsidRDefault="00055D7B" w14:paraId="6ED1DF80" w14:textId="067F1CAB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01C357CF" w14:textId="77777777" w:rsidR="00055D7B" w:rsidRPr="008407DC" w:rsidRDefault="00055D7B" w:rsidP="00B629C5">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00055D7B" w:rsidP="00B629C5" w:rsidRDefault="00055D7B" w14:paraId="01C357CF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C4980" w:rsidP="00B629C5" w:rsidRDefault="002C4980" w14:paraId="047823B2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00703C4C" w:rsidRPr="008407DC" w14:paraId="50CC0FE9" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00703C4C" w:rsidTr="774CD709" w14:paraId="50CC0FE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A955056" w14:textId="5F7BDE5B" w:rsidR="00703C4C" w:rsidRPr="008407DC" w:rsidRDefault="005474C8" w:rsidP="00B629C5">
-[...10 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00703C4C" w:rsidP="00B629C5" w:rsidRDefault="005474C8" w14:paraId="5A955056" w14:textId="5F7BDE5B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>What stage(s) of the Employability Pipeline does your proposal service?</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (tick all that apply)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9E62F6" w14:textId="4E10A94B" w:rsidR="00B91E1B" w:rsidRDefault="005871F7" w:rsidP="00B91E1B">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B91E1B" w:rsidP="00B91E1B" w:rsidRDefault="0056401F" w14:paraId="2D9E62F6" w14:textId="7F566F81">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                </w:rPr>
                 <w:id w:val="170912189"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B91E1B">
+                <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+              </w:sdtEndPr>
             </w:sdt>
-            <w:r w:rsidR="00B91E1B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stage 1               </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1622448830"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B91E1B">
+                <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+              </w:sdtEndPr>
             </w:sdt>
-            <w:r w:rsidR="00B91E1B">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Stage 2                  </w:t>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Stage 2             </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-1631785925"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B91E1B">
+                <w:r w:rsidRPr="4D4119D1" w:rsidR="0F06DF36">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="MS Gothic"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+              </w:sdtEndPr>
             </w:sdt>
-            <w:r w:rsidR="00B91E1B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stage 3                     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                </w:rPr>
                 <w:id w:val="46345164"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B91E1B">
+                <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+              </w:sdtEndPr>
             </w:sdt>
-            <w:r w:rsidR="00B91E1B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stage 4               </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:rPr>
-[...3 lines deleted...]
-                </w:rPr>
                 <w:id w:val="-842310699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B91E1B">
+                <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
+              <w:sdtEndPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+              </w:sdtEndPr>
             </w:sdt>
-            <w:r w:rsidR="00B91E1B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="00B91E1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stage 5   </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D37CD4F" w14:textId="77777777" w:rsidR="00703C4C" w:rsidRPr="008407DC" w:rsidRDefault="00703C4C" w:rsidP="00B629C5">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00703C4C" w:rsidP="00B629C5" w:rsidRDefault="00703C4C" w14:paraId="2D37CD4F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A72727" w:rsidRPr="008407DC" w14:paraId="17B13C77" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00A72727" w:rsidTr="774CD709" w14:paraId="17B13C77" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="362849B8" w14:textId="77777777" w:rsidR="00A72727" w:rsidRPr="008407DC" w:rsidRDefault="00A72727" w:rsidP="00A72727">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A72727" w:rsidP="00A72727" w:rsidRDefault="00A72727" w14:paraId="362849B8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Which key priority does your project meet? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6327" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A82A33C" w14:textId="7B3920B2" w:rsidR="00286970" w:rsidRDefault="00A72727" w:rsidP="00A72727">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00286970" w:rsidP="00A72727" w:rsidRDefault="00A72727" w14:paraId="4A82A33C" w14:textId="5976E002">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1409339889"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002A2BEC">
+                <w:r w:rsidR="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="000F1EDD">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>To maximise the role that employability plays in delivering national and local aims of tackling poverty, promoting inclusion and social justice, and creating a fair and prosperous Scotland</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15D6708F" w14:textId="77777777" w:rsidR="000F1EDD" w:rsidRDefault="005871F7" w:rsidP="00A72727">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000F1EDD" w:rsidP="00A72727" w:rsidRDefault="0056401F" w14:paraId="15D6708F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1961295061"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000F1EDD">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00A72727">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A72727">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="000F1EDD">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>To reduce inequality in the labour market by supporting those further from the labour market to increase their income from employment, by providing relevant employability support through training for employment.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7447C84B" w14:textId="38293A00" w:rsidR="000F1EDD" w:rsidRDefault="005871F7" w:rsidP="00A72727">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000F1EDD" w:rsidP="00A72727" w:rsidRDefault="0056401F" w14:paraId="7447C84B" w14:textId="38293A00">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-518324731"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A72727" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00A72727">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00A72727">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A72727">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="000F1EDD">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t>To improve labour market outcomes by reducing local Economic Inactivity, supporting those who want to work to enter employment</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7299705B" w14:textId="77777777" w:rsidR="000F1EDD" w:rsidRDefault="005871F7" w:rsidP="00A72727">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000F1EDD" w:rsidP="00A72727" w:rsidRDefault="0056401F" w14:paraId="7299705B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-826676307"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="000F1EDD" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000F1EDD">
-[...11 lines deleted...]
-          <w:p w14:paraId="15857537" w14:textId="02FF2DD8" w:rsidR="000F1EDD" w:rsidRPr="000F1EDD" w:rsidRDefault="005871F7" w:rsidP="00A72727">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  To reduce levels of child poverty by supporting parents from the priority family groups to increase their income from employment, by providing relevant employability support related to training for employment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000F1EDD" w:rsidP="00A72727" w:rsidRDefault="0056401F" w14:paraId="15857537" w14:textId="02FF2DD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="690499706"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00D705C5">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00D705C5">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="000F1EDD">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="007C79A3">
-[...6 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To provide training to those in </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>low income</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> employment, especially parents, to help ensure participants are able to progress to better paid work, or work which better suits their circumstances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="000F1EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32A8CBB0" w14:textId="213F31B4" w:rsidR="007C79A3" w:rsidRDefault="005871F7" w:rsidP="00A72727">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="007C79A3" w:rsidP="00A72727" w:rsidRDefault="0056401F" w14:paraId="32A8CBB0" w14:textId="213F31B4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="2010943420"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007C79A3">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007C79A3">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> To reduce levels of long-term unemployment by providing employability support to those who are at risk of being long-term unemployed and are claiming reserved benefits.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E22E67B" w14:textId="1FF20350" w:rsidR="007C79A3" w:rsidRDefault="005871F7" w:rsidP="007C79A3">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="007C79A3" w:rsidP="007C79A3" w:rsidRDefault="0056401F" w14:paraId="1E22E67B" w14:textId="1FF20350">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-1256819787"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007C79A3">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007C79A3">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> To help reduce the Disability Employment Gap by supporting disabled people to enter and remain in the workforce.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1262F9CB" w14:textId="77777777" w:rsidR="00A72727" w:rsidRDefault="005871F7" w:rsidP="007C79A3">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A72727" w:rsidP="007C79A3" w:rsidRDefault="0056401F" w14:paraId="1262F9CB" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="2011251040"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="007C79A3">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="007C79A3">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="007C79A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
               <w:t xml:space="preserve"> To expand provision that supports the green jobs and net zero commitments.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="332B1AD5" w14:textId="0C8B463C" w:rsidR="007C79A3" w:rsidRPr="006A0A34" w:rsidRDefault="007C79A3" w:rsidP="007C79A3">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="007C79A3" w:rsidP="007C79A3" w:rsidRDefault="007C79A3" w14:paraId="332B1AD5" w14:textId="0C8B463C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4980" w:rsidRPr="008407DC" w14:paraId="57586B29" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="002C4980" w:rsidTr="774CD709" w14:paraId="57586B29" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D2108B8" w14:textId="50EFFC01" w:rsidR="002C4980" w:rsidRPr="008407DC" w:rsidRDefault="00F62FEB" w:rsidP="0050022B">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C4980" w:rsidP="0050022B" w:rsidRDefault="00F62FEB" w14:paraId="5D2108B8" w14:textId="50EFFC01">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...7 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t xml:space="preserve">2a. </w:t>
             </w:r>
-            <w:r w:rsidR="00DF40D4" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00DF40D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please give a brief description of your project </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C4980" w:rsidRPr="008407DC" w14:paraId="636A2069" w14:textId="77777777" w:rsidTr="00A72727">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="002C4980" w:rsidTr="774CD709" w14:paraId="636A2069" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="7613E872" w14:textId="77777777" w:rsidR="002C4980" w:rsidRPr="008407DC" w:rsidRDefault="002C4980" w:rsidP="00591A2B">
+          <w:p w:rsidRPr="008407DC" w:rsidR="002C4980" w:rsidP="00591A2B" w:rsidRDefault="002C4980" w14:paraId="7613E872" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="344CF1C9" w14:textId="1465702E" w:rsidR="00CF52FD" w:rsidRPr="002E13E9" w:rsidRDefault="00353019" w:rsidP="00353019">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00353019" w14:paraId="344CF1C9" w14:textId="2C8BDE53">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...13 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="774CD709" w:rsidR="00353019">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="774CD709" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>What activities will take place?</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-          <w:p w14:paraId="04B43FD8" w14:textId="77777777" w:rsidR="00CF52FD" w:rsidRPr="002E13E9" w:rsidRDefault="00CF52FD" w:rsidP="00CF52FD">
+            <w:r w:rsidRPr="774CD709" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (limited to 1000 characters) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="6FB17E7F" w14:textId="7448D2DA" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:name="Text2" w:id="0"/>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00CF52FD" w14:paraId="074ED10A" w14:noSpellErr="1" w14:textId="4A79D961">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003312BC" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="316B9750" w14:noSpellErr="1" w14:textId="38B9BA7D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00353019" w14:paraId="75B62CB2" w14:noSpellErr="1" w14:textId="68C0FA45">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00353019">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2a.2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>What is the duration of the support</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="68DD8E1D" w14:textId="2A8154A0" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:name="Text1" w:id="1"/>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+          <w:p w:rsidRPr="002E13E9" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00CF52FD" w14:paraId="16A1ECA4" w14:noSpellErr="1" w14:textId="349516AE">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00353019" w14:paraId="12DF749A" w14:noSpellErr="1" w14:textId="33F6CE41">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00353019">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2a.3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>How many hours per week and for how many weeks will each beneficiary be supported</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003312BC" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="2CB6BF1D" w14:textId="6347230C" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00CF52FD" w14:paraId="606A12BA" w14:noSpellErr="1" w14:textId="368C182B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00CF52FD" w14:paraId="605D620E" w14:noSpellErr="1" w14:textId="7F342C3C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1201F21A" w14:textId="77777777" w:rsidR="00CF52FD" w:rsidRPr="002E13E9" w:rsidRDefault="00CF52FD" w:rsidP="00CF52FD">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00353019" w14:paraId="60A92C98" w14:noSpellErr="1" w14:textId="01C9F0ED">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00353019">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2a.4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>Who will deliver the activities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003312BC" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="49071A8F" w14:textId="77777777" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4D4119D1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00CF52FD" w14:paraId="38008D14" w14:noSpellErr="1" w14:textId="0020C356">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="75B62CB2" w14:textId="03B48C35" w:rsidR="00CF52FD" w:rsidRPr="002E13E9" w:rsidRDefault="00353019" w:rsidP="00353019">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CF52FD" w:rsidP="33FED62A" w:rsidRDefault="00353019" w14:paraId="5D4B6A95" w14:noSpellErr="1" w14:textId="36B8621E">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...208 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00353019">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
               </w:rPr>
               <w:t xml:space="preserve">2a.5 </w:t>
             </w:r>
-            <w:r w:rsidR="00CF52FD" w:rsidRPr="002E13E9">
-[...7 lines deleted...]
-          <w:p w14:paraId="548AB0F0" w14:textId="77777777" w:rsidR="009460D7" w:rsidRDefault="009460D7" w:rsidP="00591A2B">
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>How and where will the activities be delivered</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00CF52FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeTint="FF" w:themeShade="BF"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003312BC" w:rsidP="33FED62A" w:rsidRDefault="003312BC" w14:paraId="45AE0937" w14:textId="2CA2C6F6" w14:noSpellErr="1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003312BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009460D7" w:rsidP="00591A2B" w:rsidRDefault="009460D7" w14:paraId="548AB0F0" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="505BF2F0" w14:textId="77777777" w:rsidR="009460D7" w:rsidRDefault="009460D7" w:rsidP="00591A2B">
-[...10 lines deleted...]
-          <w:p w14:paraId="35ADB0F3" w14:textId="77777777" w:rsidR="009460D7" w:rsidRPr="008407DC" w:rsidRDefault="009460D7" w:rsidP="00591A2B">
+          <w:p w:rsidRPr="008407DC" w:rsidR="009460D7" w:rsidP="00591A2B" w:rsidRDefault="009460D7" w14:paraId="35ADB0F3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00525F1A" w:rsidRPr="008407DC" w14:paraId="07AB3F1D" w14:textId="77777777" w:rsidTr="00BC11E0">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00525F1A" w:rsidTr="774CD709" w14:paraId="07AB3F1D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="11FCB948" w14:textId="77777777" w:rsidR="008C0CAB" w:rsidRPr="008407DC" w:rsidRDefault="008C0CAB" w:rsidP="00591A2B">
+          <w:p w:rsidRPr="008407DC" w:rsidR="008C0CAB" w:rsidP="00591A2B" w:rsidRDefault="008C0CAB" w14:paraId="11FCB948" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24C098FF" w14:textId="01DB5C79" w:rsidR="00525F1A" w:rsidRPr="008407DC" w:rsidRDefault="00F62FEB" w:rsidP="00591A2B">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00525F1A" w:rsidP="00591A2B" w:rsidRDefault="00F62FEB" w14:paraId="24C098FF" w14:textId="01DB5C79">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2b. </w:t>
             </w:r>
-            <w:r w:rsidR="0050022B" w:rsidRPr="0050022B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0050022B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please describe </w:t>
             </w:r>
-            <w:r w:rsidR="009A3492">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009A3492">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>the beneficiaries of your project</w:t>
             </w:r>
-            <w:r w:rsidR="0050022B" w:rsidRPr="0050022B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0050022B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E679AD2" w14:textId="0E647543" w:rsidR="008C0CAB" w:rsidRPr="008407DC" w:rsidRDefault="008C0CAB" w:rsidP="00591A2B">
+          <w:p w:rsidRPr="008407DC" w:rsidR="008C0CAB" w:rsidP="00591A2B" w:rsidRDefault="008C0CAB" w14:paraId="1E679AD2" w14:textId="0E647543">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C1871" w:rsidRPr="008407DC" w14:paraId="11252D75" w14:textId="77777777" w:rsidTr="00A72727">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="009C1871" w:rsidTr="774CD709" w14:paraId="11252D75" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="0FCE456D" w14:textId="57D2CBCE" w:rsidR="00AB0FBF" w:rsidRPr="003A153F" w:rsidRDefault="00AB0FBF" w:rsidP="00AB0FBF">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="0FCE456D" w14:textId="3062CB44">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...11 lines deleted...]
-          <w:p w14:paraId="774A2370" w14:textId="77777777" w:rsidR="00AB0FBF" w:rsidRPr="003A153F" w:rsidRDefault="00AB0FBF" w:rsidP="00AB0FBF">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>2b.1 Who will be the beneficiaries of the project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please describe the people you aim to support. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="774A2370" w14:textId="7442E3CB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="723E6C68" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="723E6C68" w14:textId="77777777" w:rsidR="00AB0FBF" w:rsidRPr="003A153F" w:rsidRDefault="00AB0FBF" w:rsidP="00AB0FBF">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="0F8771FF" w14:textId="033CED9C">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2b.2 How will you </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>identify</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, attract, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>recruit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and engage with the beneficiaries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="51953DD1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="491F51E3" w14:textId="77777777">
+            <w:pPr>
+              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="5A2CFEFB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="360"/>
               <w:rPr>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...19 lines deleted...]
-          <w:p w14:paraId="0F8771FF" w14:textId="50791CF8" w:rsidR="00AB0FBF" w:rsidRPr="00870099" w:rsidRDefault="00AB0FBF" w:rsidP="00AB0FBF">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="003C69D6" w14:paraId="631D85AA" w14:textId="59EBB9B4">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...49 lines deleted...]
-          <w:p w14:paraId="631D85AA" w14:textId="61542BC0" w:rsidR="00AB0FBF" w:rsidRPr="00870099" w:rsidRDefault="003C69D6" w:rsidP="003C69D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003C69D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2b.3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What practical steps will you take to make your project accessible to your intended community (e.g. language, disability requirements, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>publicity)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="7E9DB2C1" w14:textId="69AD4089">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="02DF9AD1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="5742EB69" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="003C69D6" w14:paraId="76E6C03D" w14:textId="6EB7A965">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...50 lines deleted...]
-          <w:p w14:paraId="76E6C03D" w14:textId="5801BEA5" w:rsidR="00AB0FBF" w:rsidRPr="00870099" w:rsidRDefault="003C69D6" w:rsidP="003C69D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003C69D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2b.4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>What outcomes do you expect from this project and how will you measure progress? Please describe how these meet the key outcomes of the grant scheme as laid out in the guidance</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="39F5E5A1" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="31D51C42" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="00AB0FBF" w14:paraId="57A9E073" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00AB0FBF" w:rsidP="33FED62A" w:rsidRDefault="003C69D6" w14:paraId="4B69BAA3" w14:textId="109F4F90">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...50 lines deleted...]
-          <w:p w14:paraId="4B69BAA3" w14:textId="2E0AF8FE" w:rsidR="00AB0FBF" w:rsidRPr="00870099" w:rsidRDefault="003C69D6" w:rsidP="003C69D6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="003C69D6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2b.5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>Please describe how you will progress any participants who do not have a positive destination at the end of your project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00AB0FBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="00080B04" w:rsidRDefault="00080B04" w14:paraId="297732AC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DA0A8A" w:rsidP="003C69D6" w:rsidRDefault="00DA0A8A" w14:paraId="18FD9F1E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:line="256" w:lineRule="auto"/>
               <w:rPr>
-                <w:b/>
-[...34 lines deleted...]
-          <w:p w14:paraId="7E3D4FA3" w14:textId="77777777" w:rsidR="009460D7" w:rsidRPr="008407DC" w:rsidRDefault="009460D7" w:rsidP="00591A2B">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009460D7" w:rsidP="00591A2B" w:rsidRDefault="009460D7" w14:paraId="7E3D4FA3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B0DD6" w:rsidRPr="008407DC" w14:paraId="5C098EB1" w14:textId="77777777" w:rsidTr="00073F51">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="002B0DD6" w:rsidTr="774CD709" w14:paraId="5C098EB1" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1313073E" w14:textId="637F8441" w:rsidR="002B0DD6" w:rsidRDefault="002B0DD6" w:rsidP="002B0DD6">
-[...17 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002B0DD6" w:rsidP="002B0DD6" w:rsidRDefault="002B0DD6" w14:paraId="1313073E" w14:textId="637F8441">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00D9496C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00D9496C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidR="00394699">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00394699">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please describe how your proposed project </w:t>
             </w:r>
-            <w:r w:rsidR="008B69A3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008B69A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>will be managed.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002B0DD6" w:rsidRPr="008407DC" w14:paraId="3205499D" w14:textId="77777777" w:rsidTr="00A72727">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="002B0DD6" w:rsidTr="774CD709" w14:paraId="3205499D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="291D0074" w14:textId="77777777" w:rsidR="002B0DD6" w:rsidRDefault="002B0DD6" w:rsidP="00591A2B">
-[...28 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="33FED62A" w:rsidRDefault="005846AA" w14:paraId="3DB1BB48" w14:textId="25330ACA">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009A4F88">
-[...2 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="009A4F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="000359D8">
-[...64 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>.1 Why is this project needed</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>What is the rationale for the service / numbers / beneficiaries</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">?  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide details of any evidence you </w:t>
+            </w:r>
+            <w:bookmarkStart w:name="_Int_tesPCzlB" w:id="1415981361"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>have to</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1415981361"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> support this bid</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="005846AA" w:rsidRDefault="00080B04" w14:paraId="666A958A" w14:textId="11C8509A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="005846AA" w:rsidRDefault="005846AA" w14:paraId="21F7CDEA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="005846AA" w:rsidRDefault="005846AA" w14:paraId="3AA34A5F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="33FED62A" w:rsidRDefault="005846AA" w14:paraId="4737846D" w14:textId="29DF447D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009A4F88">
-[...2 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="009A4F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="000359D8">
-[...2 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t xml:space="preserve">.2 Tell us about any organisations or projects you will work in partnership with on this </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37E031E6" w14:textId="510A0517" w:rsidR="005846AA" w:rsidRPr="000359D8" w:rsidRDefault="005846AA" w:rsidP="005846AA">
-[...56 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="33FED62A" w:rsidRDefault="005846AA" w14:paraId="37E031E6" w14:textId="20B73A6F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>project</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="33FED62A" w:rsidRDefault="00080B04" w14:paraId="7AEB6F8F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005846AA" w:rsidP="33FED62A" w:rsidRDefault="005846AA" w14:paraId="729FE4B5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00937A8C" w:rsidP="33FED62A" w:rsidRDefault="00937A8C" w14:paraId="67ACD000" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="005846AA" w:rsidP="33FED62A" w:rsidRDefault="005846AA" w14:paraId="1F9FA5C2" w14:textId="68C9F28B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009A4F88">
-[...2 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="009A4F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="000359D8">
-[...22 lines deleted...]
-          <w:p w14:paraId="08B31043" w14:textId="77777777" w:rsidR="009460D7" w:rsidRPr="000359D8" w:rsidRDefault="009460D7" w:rsidP="009460D7">
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.3 Please outline the experience your organisation </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>has to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> carry out this project including the skills and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of staff, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and local knowledge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="005846AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+              <w:t>(limited to 1000 characters)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00080B04" w:rsidP="00080B04" w:rsidRDefault="00080B04" w14:paraId="1A39B2B3" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput>
+                    <w:maxLength w:val="1000"/>
+                  </w:textInput>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003560EB" w:rsidP="009460D7" w:rsidRDefault="003560EB" w14:paraId="32B3BB7E" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="21875322" w14:textId="77777777" w:rsidR="003560EB" w:rsidRDefault="003560EB" w:rsidP="009460D7">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00080B04" w:rsidR="002B0DD6" w:rsidP="00591A2B" w:rsidRDefault="002B0DD6" w14:paraId="49C8A8EC" w14:textId="2973ED03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3DDF287B" w14:textId="77777777" w:rsidR="003560EB" w:rsidRDefault="003560EB" w:rsidP="009460D7">
-[...116 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00394699" w:rsidRPr="008407DC" w14:paraId="18DE4D99" w14:textId="77777777" w:rsidTr="00624705">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00394699" w:rsidTr="774CD709" w14:paraId="18DE4D99" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="535"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="113BE88C" w14:textId="77777777" w:rsidR="00394699" w:rsidRDefault="00394699" w:rsidP="009544DD">
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="009544DD" w:rsidRDefault="00394699" w14:paraId="113BE88C" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="009544DD" w:rsidRDefault="00394699" w14:paraId="4CD528BA" w14:textId="1ECE1F56">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00B5225A">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B5225A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Outcomes and Outputs </w:t>
             </w:r>
-            <w:r w:rsidRPr="0035308C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t>(Please detail the number of outputs and outcomes your project will achieve throughout the funding period)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="009544DD" w:rsidRDefault="00394699" w14:paraId="41F61707" w14:textId="7944C715">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-              </w:rPr>
-[...8 lines deleted...]
-                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00394699" w:rsidRPr="008407DC" w14:paraId="698962DB" w14:textId="77777777" w:rsidTr="00394699">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00394699" w:rsidTr="774CD709" w14:paraId="698962DB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="329122BC" w14:textId="2BE8A3FC" w:rsidR="00394699" w:rsidRPr="00394699" w:rsidRDefault="00394699" w:rsidP="00DC42EC">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="00DC42EC" w:rsidRDefault="00394699" w14:paraId="329122BC" w14:textId="2BE8A3FC">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of individuals engaging with employability support and training </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="73E9C076" w14:textId="1001DD3D" w:rsidR="00394699" w:rsidRDefault="00394699" w:rsidP="00394699">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="00394699" w:rsidRDefault="00394699" w14:paraId="73E9C076" w14:textId="1001DD3D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00394699" w:rsidRPr="008407DC" w14:paraId="3EA8314A" w14:textId="77777777" w:rsidTr="00394699">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00394699" w:rsidTr="774CD709" w14:paraId="3EA8314A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="1B33FC77" w14:textId="4E658278" w:rsidR="00C7379B" w:rsidRPr="00C7379B" w:rsidRDefault="00C7379B" w:rsidP="00DC42EC">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00C7379B" w:rsidP="00DC42EC" w:rsidRDefault="00C7379B" w14:paraId="1B33FC77" w14:textId="4E658278">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>The number of individuals taking part in employment opportunities supported by employability funding.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="3469171B" w14:textId="77777777" w:rsidR="00394699" w:rsidRDefault="00394699" w:rsidP="00394699">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="00394699" w:rsidRDefault="00394699" w14:paraId="3469171B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00394699" w:rsidRPr="008407DC" w14:paraId="0B8D02D0" w14:textId="77777777" w:rsidTr="00394699">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00394699" w:rsidTr="774CD709" w14:paraId="0B8D02D0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6EADF546" w14:textId="50008702" w:rsidR="00C7379B" w:rsidRPr="00C7379B" w:rsidRDefault="00C7379B" w:rsidP="00DC42EC">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00C7379B" w:rsidP="00DC42EC" w:rsidRDefault="00C7379B" w14:paraId="6EADF546" w14:textId="5C610E06">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-              <w:t>The number of individuals achieving positive outcomes such as: an increase in working hours or rate of pay; entering employment or education; starting work experience, volunteering or training.</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E294BC4" w:rsidR="00C7379B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The number of individuals achieving positive outcomes </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E294BC4" w:rsidR="5E8C614C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>such as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E294BC4" w:rsidR="00C7379B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an increase in working hours or rate of pay; entering employment or education; starting work experience, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E294BC4" w:rsidR="00C7379B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>volunteering</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4E294BC4" w:rsidR="00C7379B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or training.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="22A769A7" w14:textId="77777777" w:rsidR="00394699" w:rsidRDefault="00394699" w:rsidP="00394699">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00394699" w:rsidP="00394699" w:rsidRDefault="00394699" w14:paraId="22A769A7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3258" w:rsidRPr="008407DC" w14:paraId="6C43D16B" w14:textId="77777777" w:rsidTr="00394699">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="009C3258" w:rsidTr="774CD709" w14:paraId="6C43D16B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8075" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="03C7BA29" w14:textId="50B08D31" w:rsidR="009C3258" w:rsidRPr="00C7379B" w:rsidRDefault="009C3258" w:rsidP="00DC42EC">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009C3258" w:rsidP="00DC42EC" w:rsidRDefault="009C3258" w14:paraId="03C7BA29" w14:textId="50B08D31">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Number of parents achieving in-work progression</w:t>
             </w:r>
-            <w:r w:rsidR="00DC42EC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00DC42EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="203D571E" w14:textId="77777777" w:rsidR="009C3258" w:rsidRDefault="009C3258" w:rsidP="00394699">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009C3258" w:rsidP="00394699" w:rsidRDefault="009C3258" w14:paraId="203D571E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009C3258" w:rsidRPr="008407DC" w14:paraId="24440E66" w14:textId="77777777" w:rsidTr="00394699">
-[...479 lines deleted...]
-      <w:tr w:rsidR="0035308C" w:rsidRPr="008407DC" w14:paraId="3E4E348F" w14:textId="77777777" w:rsidTr="00A81EC3">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="0035308C" w:rsidTr="774CD709" w14:paraId="3E4E348F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="696AB928" w14:textId="7345B56C" w:rsidR="0035308C" w:rsidRDefault="0035308C" w:rsidP="00DC42EC">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="0035308C" w:rsidP="00DC42EC" w:rsidRDefault="0035308C" w14:paraId="696AB928" w14:textId="7345B56C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00EB6E80">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EB6E80">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="009218CE">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Tell us in what way you have ensured equalities have been taken into consideration during the planning of your activity, specifically, the protected characteristics? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DC42EC" w:rsidRPr="008407DC" w14:paraId="1034EB8F" w14:textId="77777777" w:rsidTr="00B9589A">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00DC42EC" w:rsidTr="774CD709" w14:paraId="1034EB8F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
+            <w:tcMar/>
           </w:tcPr>
-          <w:p w14:paraId="6E147E3C" w14:textId="77777777" w:rsidR="00DC42EC" w:rsidRPr="007E2294" w:rsidRDefault="00DC42EC" w:rsidP="00DC42EC">
-[...25 lines deleted...]
-                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="33FED62A" w:rsidRDefault="00DC42EC" w14:paraId="1164C0B5" w14:textId="57E8FE6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00DC42EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="009A4F88">
-[...2 lines deleted...]
-                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="009A4F88">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C14701">
-[...2 lines deleted...]
-                <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+            <w:r w:rsidRPr="33FED62A" w:rsidR="00DC42EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
               </w:rPr>
               <w:t>.1 How have you ensured lived experience, including the specific needs of protected characteristic groups, has and will shape your service design and delivery?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04BC6665" w14:textId="77777777" w:rsidR="00DC42EC" w:rsidRPr="007E2294" w:rsidRDefault="00DC42EC" w:rsidP="00DC42EC">
-[...126 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="33FED62A" w:rsidRDefault="00DC42EC" w14:paraId="2C2D0AEF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="767171" w:themeColor="background2" w:themeTint="FF" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="00DC42EC" w:rsidRDefault="00DC42EC" w14:paraId="1908BBDE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="00DC42EC" w:rsidRDefault="00DC42EC" w14:paraId="6C450AE2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="00DC42EC" w:rsidRDefault="00DC42EC" w14:paraId="5BB93AFC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00DC42EC" w:rsidP="00DC42EC" w:rsidRDefault="00DC42EC" w14:paraId="67697AF8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E20D5D" w:rsidP="00DC42EC" w:rsidRDefault="00E20D5D" w14:paraId="03CC942B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E20D5D" w:rsidP="00DC42EC" w:rsidRDefault="00E20D5D" w14:paraId="4D0692A7" w14:textId="39758FA5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5550DCBC" w14:textId="58EC7C69" w:rsidR="000572B1" w:rsidRPr="008407DC" w:rsidRDefault="009460D7" w:rsidP="000572B1">
+    <w:p w:rsidR="00E20D5D" w:rsidP="000572B1" w:rsidRDefault="00E20D5D" w14:paraId="13ED8EFA" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w:rsidRPr="008407DC" w:rsidR="000572B1" w:rsidP="000572B1" w:rsidRDefault="000572B1" w14:paraId="5550DCBC" w14:textId="51F3E037">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="000572B1" w:rsidRPr="008407DC">
+      </w:pPr>
+      <w:r w:rsidRPr="008407DC">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Section 3: Finance </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D507C9" w:rsidRPr="008407DC" w14:paraId="2EA94B1C" w14:textId="77777777" w:rsidTr="000C1337">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00D507C9" w:rsidTr="000C1337" w14:paraId="2EA94B1C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="613782FF" w14:textId="77777777" w:rsidR="00262075" w:rsidRPr="008407DC" w:rsidRDefault="00262075" w:rsidP="00D507C9">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00262075" w:rsidP="00D507C9" w:rsidRDefault="00262075" w14:paraId="613782FF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E815D9" w:rsidP="00D507C9" w:rsidRDefault="00D507C9" w14:paraId="7344A870" w14:textId="3A2A9D13">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3a. Please provide details of your planned expenditure in the table below.</w:t>
             </w:r>
-            <w:r w:rsidR="00E815D9">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E815D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47142783" w14:textId="7505B1B9" w:rsidR="00E815D9" w:rsidRPr="006C3F6C" w:rsidRDefault="00E815D9" w:rsidP="00E815D9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00E815D9" w:rsidP="00E815D9" w:rsidRDefault="00E815D9" w14:paraId="47142783" w14:textId="7505B1B9">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1156" w:hanging="425"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C3F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Please note, “Amount Required” is the total funding required for your project, “Amount Requested” is the amount requested</w:t>
             </w:r>
-            <w:r w:rsidR="00CA78BC" w:rsidRPr="006C3F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00CA78BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> from</w:t>
             </w:r>
-            <w:r w:rsidR="009C3258">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009C3258">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> grant</w:t>
             </w:r>
-            <w:r w:rsidR="00CA78BC" w:rsidRPr="006C3F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00CA78BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> funding.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64ADC7D4" w14:textId="77777777" w:rsidR="00642AE5" w:rsidRPr="006C3F6C" w:rsidRDefault="00642AE5" w:rsidP="00642AE5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00642AE5" w:rsidP="00642AE5" w:rsidRDefault="00642AE5" w14:paraId="64ADC7D4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="1156" w:hanging="425"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006C3F6C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Salary costs MUST display hourly wage and hours per week.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="02C3DAB0" w14:textId="06D8B454" w:rsidR="00262075" w:rsidRPr="00E815D9" w:rsidRDefault="00262075" w:rsidP="00D507C9">
-[...5 lines deleted...]
-                <w:szCs w:val="14"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00262075" w:rsidP="00D507C9" w:rsidRDefault="00262075" w14:paraId="02C3DAB0" w14:textId="06D8B454">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable2-Accent3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5523"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="1650"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="7249D34B" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="7249D34B" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="468EC5B2" w14:textId="3155BFD8" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="000572B1" w:rsidP="006B3344">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="006B3344" w:rsidRDefault="000572B1" w14:paraId="468EC5B2" w14:textId="3155BFD8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Hlk169181599"/>
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:bookmarkStart w:name="_Hlk169181599" w:id="2"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="008D3AC5" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008D3AC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Item </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E430F7C" w14:textId="2E9F5C95" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="6E430F7C" w14:textId="2E9F5C95">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Amount Required (£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DB5EF60" w14:textId="5EAD6C7D" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="1DB5EF60" w14:textId="5EAD6C7D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Amount Requested (£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="7C77688A" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="7C77688A" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="153BCB6D" w14:textId="09F0894B" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="153BCB6D" w14:textId="09F0894B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(e.g., Project Manager Salary @£</w:t>
             </w:r>
-            <w:r w:rsidR="009460D7">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009460D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ph</w:t>
             </w:r>
-            <w:r w:rsidR="002F2785">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="002F2785">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, 20hpw</w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="31F7CCB8" w14:textId="11BF44B4" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="31F7CCB8" w14:textId="11BF44B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£</w:t>
             </w:r>
-            <w:r w:rsidR="009460D7">
-[...3 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009460D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12,480.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0A758A8F" w14:textId="1CA6B3EF" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="0A758A8F" w14:textId="1CA6B3EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>£10,000.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B64BEA" w:rsidRPr="008407DC" w14:paraId="656EF7DA" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00B64BEA" w:rsidTr="007725C9" w14:paraId="656EF7DA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AF200E8" w14:textId="77777777" w:rsidR="00B64BEA" w:rsidRPr="008407DC" w:rsidRDefault="00B64BEA" w:rsidP="000572B1">
-[...3 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B64BEA" w:rsidP="000572B1" w:rsidRDefault="00B64BEA" w14:paraId="5AF200E8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1119BDE5" w14:textId="77777777" w:rsidR="00B64BEA" w:rsidRPr="008407DC" w:rsidRDefault="00B64BEA" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B64BEA" w:rsidP="008D3AC5" w:rsidRDefault="00B64BEA" w14:paraId="1119BDE5" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2396A61A" w14:textId="77777777" w:rsidR="00B64BEA" w:rsidRPr="008407DC" w:rsidRDefault="00B64BEA" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B64BEA" w:rsidP="008D3AC5" w:rsidRDefault="00B64BEA" w14:paraId="2396A61A" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="3116980B" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="3116980B" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BF27417" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="0BF27417" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5C56DE" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="6F5C56DE" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="447D6B8C" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="447D6B8C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="5A921C34" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="5A921C34" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AD3AACC" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="4AD3AACC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="354C34EB" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="354C34EB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4796E8EC" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="4796E8EC" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="73E7871E" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="73E7871E" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E06FD96" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="0E06FD96" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3B2D39" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="3D3B2D39" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2242B35C" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="2242B35C" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="7AB0079C" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="7AB0079C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71731E3A" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="71731E3A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="685B861D" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="685B861D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A34E7DF" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="1A34E7DF" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="74ACE77C" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="74ACE77C" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C8EBA6B" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="000572B1">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="000572B1" w:rsidRDefault="008D3AC5" w14:paraId="0C8EBA6B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5A925145" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="5A925145" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A4498F6" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="3A4498F6" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D3AC5" w:rsidRPr="008407DC" w14:paraId="7688D794" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidTr="007725C9" w14:paraId="7688D794" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3271AEDA" w14:textId="76FDEAA5" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="3271AEDA" w14:textId="76FDEAA5">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="4E4DB9E9" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="4E4DB9E9" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16E1FBE2" w14:textId="77777777" w:rsidR="008D3AC5" w:rsidRPr="008407DC" w:rsidRDefault="008D3AC5" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008D3AC5" w:rsidP="008D3AC5" w:rsidRDefault="008D3AC5" w14:paraId="16E1FBE2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D93AB3" w:rsidRPr="008407DC" w14:paraId="65D10CD5" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidTr="007725C9" w14:paraId="65D10CD5" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E7BC1F2" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="6E7BC1F2" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCC4E29" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="1CCC4E29" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64DF4E70" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="64DF4E70" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D93AB3" w:rsidRPr="008407DC" w14:paraId="549182E9" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidTr="007725C9" w14:paraId="549182E9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FE621AB" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="1FE621AB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA6723D" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="5AA6723D" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E797530" w14:textId="77777777" w:rsidR="00D93AB3" w:rsidRPr="008407DC" w:rsidRDefault="00D93AB3" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D93AB3" w:rsidP="008D3AC5" w:rsidRDefault="00D93AB3" w14:paraId="3E797530" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D507C9" w:rsidRPr="008407DC" w14:paraId="2072FC56" w14:textId="77777777" w:rsidTr="002F2785">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00D507C9" w:rsidTr="002F2785" w14:paraId="2072FC56" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01127B9C" w14:textId="0746E2C8" w:rsidR="00D507C9" w:rsidRPr="00D93AB3" w:rsidRDefault="00D507C9" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D507C9" w:rsidP="008D3AC5" w:rsidRDefault="00D507C9" w14:paraId="01127B9C" w14:textId="0746E2C8">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D93AB3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1022" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D1CADCB" w14:textId="77777777" w:rsidR="00D507C9" w:rsidRPr="008407DC" w:rsidRDefault="00D507C9" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D507C9" w:rsidP="008D3AC5" w:rsidRDefault="00D507C9" w14:paraId="3D1CADCB" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="915" w:type="pct"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10441F57" w14:textId="77777777" w:rsidR="00D507C9" w:rsidRPr="008407DC" w:rsidRDefault="00D507C9" w:rsidP="008D3AC5">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00D507C9" w:rsidP="008D3AC5" w:rsidRDefault="00D507C9" w14:paraId="10441F57" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="002F2785" w:rsidRPr="008407DC" w14:paraId="03B289D3" w14:textId="77777777" w:rsidTr="000C1337">
+      <w:bookmarkEnd w:id="2"/>
+      <w:tr w:rsidRPr="008407DC" w:rsidR="002F2785" w:rsidTr="000C1337" w14:paraId="03B289D3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3063" w:type="pct"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3704F737" w14:textId="77777777" w:rsidR="002F2785" w:rsidRDefault="002F2785" w:rsidP="002F2785">
+          <w:p w:rsidR="002F2785" w:rsidP="002F2785" w:rsidRDefault="002F2785" w14:paraId="3704F737" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="243E9417" w14:textId="4456E212" w:rsidR="00CC6633" w:rsidRPr="00CC6633" w:rsidRDefault="002F2785" w:rsidP="00CC6633">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="002F2785" w14:paraId="243E9417" w14:textId="4456E212">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3b. </w:t>
             </w:r>
-            <w:r w:rsidR="00642AE5">
-[...17 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Please confirm that</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00CC6633">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> your organisation</w:t>
             </w:r>
-            <w:r w:rsidR="00642AE5" w:rsidRPr="008E1228">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC6633" w:rsidRPr="00CC6633">
-[...27 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00CC6633">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">commits to adopting the following Fair Work First principles in a </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00642AE5" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="79CFDCE3" w14:textId="4DDE5986">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CC6633">
-[...33 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">way that is relevant and proportionate to the organisation. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00642AE5" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:r w:rsidR="00642AE5">
+              <w:t xml:space="preserve">(See </w:t>
+            </w:r>
+            <w:hyperlink w:history="1" r:id="rId12">
+              <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fair Work First </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00642AE5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00642AE5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> for guidance) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F0D6C8E" w14:textId="77777777" w:rsidR="003560EB" w:rsidRPr="008E1228" w:rsidRDefault="003560EB" w:rsidP="00CC6633">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003560EB" w:rsidP="00CC6633" w:rsidRDefault="003560EB" w14:paraId="2F0D6C8E" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6FD3751C" w14:textId="30CF108D" w:rsidR="00CC6633" w:rsidRPr="00CC6633" w:rsidRDefault="00CC6633" w:rsidP="00CC6633">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="6FD3751C" w14:textId="30CF108D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">• Appropriate channels for effective voice, such as trade union recognition. </w:t>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve">• </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Appropriate channels for effective voice, such as trade union recognition. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="1E4096C1" w14:textId="20863396">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>• Investment in workforce development.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="2EE42D07" w14:textId="5A95354A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>• No inappropriate use of zero hours contracts.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="02A020E4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">• Action to tackle the gender pay gap and create a more diverse and inclusive </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="2725CA06" w14:textId="07777FF2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>Workplace.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="169D5153" w14:textId="556BE2A2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>• Payment of the real Living Wage.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00CC6633" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="05A48CD3" w14:textId="4B87D225">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>• Offering flexible and family friendly working practices for all workers from day one of their employment</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002F2785" w:rsidP="00CC6633" w:rsidRDefault="00CC6633" w14:paraId="74B41238" w14:textId="14BB383F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="24"/>
-[...30 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>• Opposing the use of fire and rehire practice</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71B7523B" w14:textId="3659DB77" w:rsidR="00E82E3D" w:rsidRPr="008407DC" w:rsidRDefault="00E82E3D" w:rsidP="002F2785">
+          <w:p w:rsidRPr="008407DC" w:rsidR="00E82E3D" w:rsidP="002F2785" w:rsidRDefault="00E82E3D" w14:paraId="71B7523B" w14:textId="3659DB77">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1937" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="780A8BB9" w14:textId="7DFB1980" w:rsidR="002F2785" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="002F2785">
+          <w:p w:rsidRPr="008407DC" w:rsidR="002F2785" w:rsidP="002F2785" w:rsidRDefault="0056401F" w14:paraId="780A8BB9" w14:textId="7DFB1980">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1970429092"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC6633">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="majorHAnsi" w:hint="eastAsia"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cstheme="majorHAnsi"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002F2785" w:rsidRPr="008407DC">
+            <w:r w:rsidRPr="008407DC" w:rsidR="002F2785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3BCB9CAB" w14:textId="479F3DA7" w:rsidR="002F2785" w:rsidRDefault="005871F7" w:rsidP="002F2785">
+          <w:p w:rsidR="002F2785" w:rsidP="002F2785" w:rsidRDefault="0056401F" w14:paraId="3BCB9CAB" w14:textId="479F3DA7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1949504101"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002F2785" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="008407DC" w:rsidR="002F2785">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002F2785" w:rsidRPr="008407DC">
+            <w:r w:rsidRPr="008407DC" w:rsidR="002F2785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
-            <w:r w:rsidR="002F2785" w:rsidRPr="008407DC">
+            <w:r w:rsidRPr="008407DC" w:rsidR="002F2785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="002F2785" w:rsidRPr="008407DC">
+            <w:r w:rsidRPr="008407DC" w:rsidR="002F2785">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="582254EA" w14:textId="77777777" w:rsidR="002F2785" w:rsidRDefault="002F2785" w:rsidP="002F2785">
+          <w:p w:rsidR="002F2785" w:rsidP="002F2785" w:rsidRDefault="002F2785" w14:paraId="582254EA" w14:textId="77777777">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E5AFD40" w14:textId="51ABC742" w:rsidR="002F2785" w:rsidRPr="008407DC" w:rsidRDefault="002F2785" w:rsidP="002F2785">
+          <w:p w:rsidRPr="008407DC" w:rsidR="002F2785" w:rsidP="002F2785" w:rsidRDefault="002F2785" w14:paraId="7E5AFD40" w14:textId="51ABC742">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9016" w:type="dxa"/>
         <w:tblBorders>
-          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
+          <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9016"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006030DD" w:rsidRPr="008407DC" w14:paraId="64041848" w14:textId="77777777" w:rsidTr="000C1337">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="006030DD" w:rsidTr="000C1337" w14:paraId="64041848" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="7757925B" w14:textId="77777777" w:rsidR="006030DD" w:rsidRPr="008407DC" w:rsidRDefault="006030DD" w:rsidP="006030DD">
-[...12 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="006030DD" w:rsidP="006030DD" w:rsidRDefault="006030DD" w14:paraId="7757925B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003560EB" w:rsidP="00602ADE" w:rsidRDefault="006030DD" w14:paraId="4EAB05F8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="001F1DAA">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="001F1DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Please detail </w:t>
             </w:r>
-            <w:r w:rsidR="001F1DAA">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="001F1DAA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(if applicable) any</w:t>
             </w:r>
-            <w:r w:rsidR="008407DC" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008407DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> match-funding associated </w:t>
             </w:r>
-            <w:r w:rsidR="0040355C">
-[...19 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008407DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">the costs detailed above. </w:t>
             </w:r>
-            <w:r w:rsidRPr="007B6E7B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="008407DC" w:rsidRPr="007B6E7B">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008407DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+              <w:t>This includes contributions from other funders and your organisation's own reserves</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="008407DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009C3258" w:rsidP="00602ADE" w:rsidRDefault="009C3258" w14:paraId="5621A6AD" w14:textId="767FF0AD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable2-Accent3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7088"/>
         <w:gridCol w:w="1928"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008407DC" w:rsidRPr="008407DC" w14:paraId="0996DE93" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="008407DC" w:rsidTr="007725C9" w14:paraId="0996DE93" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00CB140B" w14:textId="379B2B8C" w:rsidR="008407DC" w:rsidRPr="008407DC" w:rsidRDefault="008407DC">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008407DC" w:rsidRDefault="008407DC" w14:paraId="00CB140B" w14:textId="379B2B8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Source of Income </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09CC9C5A" w14:textId="1E4442D4" w:rsidR="008407DC" w:rsidRPr="008407DC" w:rsidRDefault="008407DC" w:rsidP="007725C9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="008407DC" w:rsidP="007725C9" w:rsidRDefault="008407DC" w14:paraId="09CC9C5A" w14:textId="1E4442D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Amount (£)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C65A2" w:rsidRPr="008407DC" w14:paraId="73286D46" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidTr="007725C9" w14:paraId="73286D46" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BE55D04" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidRDefault="002C65A2" w14:paraId="7BE55D04" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="292E6012" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2" w:rsidP="007725C9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidP="007725C9" w:rsidRDefault="002C65A2" w14:paraId="292E6012" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C65A2" w:rsidRPr="008407DC" w14:paraId="322FA3BF" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidTr="007725C9" w14:paraId="322FA3BF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F5155B" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidRDefault="002C65A2" w14:paraId="70F5155B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="054138E0" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2" w:rsidP="007725C9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidP="007725C9" w:rsidRDefault="002C65A2" w14:paraId="054138E0" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C65A2" w:rsidRPr="008407DC" w14:paraId="32C06E83" w14:textId="77777777" w:rsidTr="007725C9">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidTr="007725C9" w14:paraId="32C06E83" w14:textId="77777777">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68A99CF8" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidRDefault="002C65A2" w14:paraId="68A99CF8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DF7B3FA" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2" w:rsidP="007725C9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidP="007725C9" w:rsidRDefault="002C65A2" w14:paraId="4DF7B3FA" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C65A2" w:rsidRPr="008407DC" w14:paraId="32A187BF" w14:textId="77777777" w:rsidTr="006C6B97">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidTr="006C6B97" w14:paraId="32A187BF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B5C78A0" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidRDefault="002C65A2" w14:paraId="1B5C78A0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1928" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="458C4E38" w14:textId="77777777" w:rsidR="002C65A2" w:rsidRPr="008407DC" w:rsidRDefault="002C65A2" w:rsidP="007725C9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="002C65A2" w:rsidP="007725C9" w:rsidRDefault="002C65A2" w14:paraId="458C4E38" w14:textId="77777777">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12A91ACD" w14:textId="7DC9E8BD" w:rsidR="00BB4571" w:rsidRDefault="00BB4571" w:rsidP="00BB4571">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00BB4571" w:rsidP="00BB4571" w:rsidRDefault="00BB4571" w14:paraId="12A91ACD" w14:textId="7DC9E8BD">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Section</w:t>
+        <w:t xml:space="preserve">Section 4: Supporting </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00B52012">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6799"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00526D44" w:rsidRPr="008407DC" w14:paraId="52FA0914" w14:textId="77777777" w:rsidTr="00B34005">
-[...343 lines deleted...]
-      <w:tr w:rsidR="00196632" w:rsidRPr="008407DC" w14:paraId="0C3DFA69" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00196632" w:rsidTr="00B34005" w14:paraId="38607A08" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
           </w:tcPr>
-          <w:p w14:paraId="4E12B61C" w14:textId="77777777" w:rsidR="00196632" w:rsidRDefault="00196632" w:rsidP="00196632">
-[...48 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="60C8063B" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="0096112A" w:rsidP="006C01EB" w:rsidRDefault="00196632" w14:paraId="2475057E" w14:textId="2FD20BE2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>. If your work involves children, young people</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or vulnerable adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00E6710B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">do you have a policy document which sets out how you will keep them safe? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009F2D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If your work involves children, young </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009F2D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>people,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or vulnerable adults</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> we need to know that you have policies in place to keep them safe. We might also ask to see these. If this doesn’t apply to your work, please select N/A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009F2D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="009F2D91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00196632" w:rsidRPr="008407DC" w14:paraId="7BF4EBAA" w14:textId="77777777" w:rsidTr="00B34005">
-[...535 lines deleted...]
-      <w:tr w:rsidR="00196632" w:rsidRPr="008407DC" w14:paraId="0AADEB07" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00196632" w:rsidTr="00B34005" w14:paraId="0AADEB07" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="702"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1C2B4E01" w14:textId="77777777" w:rsidR="00196632" w:rsidRDefault="00196632" w:rsidP="00196632">
-[...10 lines deleted...]
-          <w:p w14:paraId="5732D94B" w14:textId="59F7466F" w:rsidR="00196632" w:rsidRPr="008407DC" w:rsidRDefault="00196632" w:rsidP="00196632">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="1C2B4E01" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="5732D94B" w14:textId="59F7466F">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-2001189125"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="Segoe UI Symbol"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008407DC">
-[...16 lines deleted...]
-          <w:p w14:paraId="54C7039D" w14:textId="2E86DF20" w:rsidR="00196632" w:rsidRPr="008407DC" w:rsidRDefault="00196632" w:rsidP="00196632">
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="54C7039D" w14:textId="2E86DF20">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1821457820"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="Segoe UI Symbol"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008407DC">
-[...28 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="103D67C7" w14:textId="2A6492C8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-311563274"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2611" w14:font="Segoe UI Symbol"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidRPr="008407DC">
-[...19 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00196632" w:rsidP="00196632" w:rsidRDefault="00196632" w14:paraId="2437C5D9" w14:textId="71E2710E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B43D4E" w:rsidRPr="008407DC" w14:paraId="684AFD42" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00B43D4E" w:rsidTr="00B34005" w14:paraId="684AFD42" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="996"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D8369F2" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="00B43D4E" w:rsidP="00740D55">
-[...20 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00740D55" w:rsidRDefault="00B43D4E" w14:paraId="3D8369F2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="007B6E7B" w:rsidRDefault="004850B6" w14:paraId="6BFC4F10" w14:textId="3CD3136E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please confirm that your activity will be ready to start with all necessary planning consents, statutory requirements</w:t>
             </w:r>
-            <w:r w:rsidR="0040355C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> and match funding in place, if applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4971FF3D" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="00B43D4E" w:rsidP="004850B6">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="004850B6" w:rsidRDefault="00B43D4E" w14:paraId="4971FF3D" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5FD68BBB" w14:textId="33533F00" w:rsidR="00EC52D7" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="004850B6">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00EC52D7" w:rsidP="004850B6" w:rsidRDefault="0056401F" w14:paraId="5FD68BBB" w14:textId="3C2CC700">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="351085609"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
+                <w:r w:rsidR="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F912F16" w14:textId="0CF351B8" w:rsidR="00EC52D7" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="004850B6">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00EC52D7" w:rsidP="004850B6" w:rsidRDefault="0056401F" w14:paraId="6F912F16" w14:textId="0CF351B8">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-643507299"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EC52D7" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00EC52D7">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C36403C" w14:textId="6C7DD0ED" w:rsidR="00B43D4E" w:rsidRPr="007B6E7B" w:rsidRDefault="005871F7" w:rsidP="007B6E7B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="007B6E7B" w:rsidRDefault="0056401F" w14:paraId="1C36403C" w14:textId="6C7DD0ED">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="679019847"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00EC52D7" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00EC52D7">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00EC52D7" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EC52D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="0040355C">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>N/A</w:t>
             </w:r>
-            <w:r w:rsidR="00EC52D7" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00EC52D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B43D4E" w:rsidRPr="008407DC" w14:paraId="6CDD0DE2" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00B43D4E" w:rsidTr="00B34005" w14:paraId="6CDD0DE2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FE2C769" w14:textId="5B6401BA" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="004850B6" w:rsidP="00740D55">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00740D55" w:rsidRDefault="004850B6" w14:paraId="1FE2C769" w14:textId="14070C94">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please confirm that you will be able to provide evidence of spending this money.</w:t>
             </w:r>
-            <w:r w:rsidR="002134C3">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="002134C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidR="002134C3" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="002134C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">(e.g., receipts, invoices, </w:t>
             </w:r>
-            <w:r w:rsidR="00621EBA" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00621EBA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">payroll, </w:t>
             </w:r>
-            <w:r w:rsidR="002134C3" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="002134C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bank statements)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A08D957" w14:textId="37EA9339" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="004850B6">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="004850B6" w:rsidRDefault="0056401F" w14:paraId="5A08D957" w14:textId="37EA9339">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="739600989"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2086C26A" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="004850B6">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="004850B6" w:rsidRDefault="0056401F" w14:paraId="2086C26A" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-275262209"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00631AA9" w:rsidRPr="008407DC" w14:paraId="37172312" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00631AA9" w:rsidTr="00B34005" w14:paraId="37172312" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="884"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C9FB13B" w14:textId="5968EE46" w:rsidR="00631AA9" w:rsidRPr="004850B6" w:rsidRDefault="004850B6" w:rsidP="00631AA9">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00631AA9" w:rsidP="00631AA9" w:rsidRDefault="004850B6" w14:paraId="3C9FB13B" w14:textId="05C5C29D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00631AA9" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00631AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please indicate if your organisation is VAT registered or not.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(If</w:t>
             </w:r>
-            <w:r w:rsidR="00631AA9" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00631AA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> you are VAT registered, please ensure you deduct VAT costs from your application as we cannot pay them</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F74590E" w14:textId="77777777" w:rsidR="00F43316" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="0F74590E" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="41E909A7" w14:textId="0D40F143" w:rsidR="00F43316" w:rsidRPr="008407DC" w:rsidRDefault="00631AA9" w:rsidP="00F43316">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00631AA9" w14:paraId="41E909A7" w14:textId="0D40F143">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00F43316">
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00F43316">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00F43316">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidR="00F43316" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00F43316">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> VAT registered</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33342054" w14:textId="77777777" w:rsidR="00F43316" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="33342054" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="008407DC">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...16 lines deleted...]
-          <w:p w14:paraId="24243492" w14:textId="4671A82A" w:rsidR="00F43316" w:rsidRPr="008407DC" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Not VAT    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="24243492" w14:textId="4671A82A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="5B34CDD1" w14:textId="6CD0E6CF" w:rsidR="00F43316" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Registered</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="5B34CDD1" w14:textId="6CD0E6CF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="008407DC">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
-            <w:r w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Part VAT </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78EF3E96" w14:textId="77777777" w:rsidR="00A26603" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00A26603" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="78EF3E96" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...22 lines deleted...]
-          <w:p w14:paraId="555EF62E" w14:textId="253384F1" w:rsidR="00F43316" w:rsidRPr="008407DC" w:rsidRDefault="00F43316" w:rsidP="00F43316">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  Registered</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00F43316" w:rsidP="00F43316" w:rsidRDefault="00F43316" w14:paraId="555EF62E" w14:textId="253384F1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1255"/>
                 <w:tab w:val="center" w:pos="1451"/>
               </w:tabs>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B43D4E" w:rsidRPr="008407DC" w14:paraId="229B5279" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00B43D4E" w:rsidTr="00B34005" w14:paraId="229B5279" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76535731" w14:textId="77777777" w:rsidR="004850B6" w:rsidRDefault="004850B6" w:rsidP="00740D55">
-[...12 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="004850B6" w:rsidP="00740D55" w:rsidRDefault="004850B6" w14:paraId="76535731" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00740D55" w:rsidRDefault="004850B6" w14:paraId="776A8BD6" w14:textId="1D7EE19C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please confirm you will ensure best value for money is undertaken and you are happy to comply with Scottish Government minimum procurement requirements </w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>i.e.,</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> £0-£</w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5,000</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>justify spend choice; over £</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">5,000 </w:t>
             </w:r>
-            <w:r w:rsidR="00A25FF8" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00A25FF8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3 quotes required</w:t>
             </w:r>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="000C1337">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D8390F2" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="00B43D4E" w:rsidP="00740D55">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00740D55" w:rsidRDefault="00B43D4E" w14:paraId="4D8390F2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32B4E4C1" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00AB7A16">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00AB7A16" w:rsidRDefault="0056401F" w14:paraId="32B4E4C1" w14:textId="58AA99A7">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1538770212"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
+                <w:r w:rsidR="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60B88A37" w14:textId="77777777" w:rsidR="00B43D4E" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="00AB7A16">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B43D4E" w:rsidP="00AB7A16" w:rsidRDefault="0056401F" w14:paraId="60B88A37" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="1112945546"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00B43D4E" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00B43D4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B59FD" w:rsidRPr="008407DC" w14:paraId="590E9742" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="003B59FD" w:rsidTr="00B34005" w14:paraId="590E9742" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C7C4CB6" w14:textId="3A8E44B2" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="00740D55">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="00740D55" w:rsidRDefault="003B59FD" w14:paraId="3C7C4CB6" w14:textId="093A09F1">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Please confirm you have attached the following documentation to your application: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60049ADA" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="00740D55">
-[...9 lines deleted...]
-          <w:p w14:paraId="1C87E54D" w14:textId="2139621E" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="00740D55" w:rsidRDefault="003B59FD" w14:paraId="60049ADA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="003B59FD" w14:paraId="1C87E54D" w14:textId="2139621E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">A copy of your organisation’s </w:t>
             </w:r>
-            <w:r w:rsidR="0040355C">
-[...22 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>constitution</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0040355C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A55424">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>or set of rules.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64EE9A5F" w14:textId="77777777" w:rsidR="009768CA" w:rsidRDefault="009768CA" w:rsidP="009768CA">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009768CA" w:rsidP="009768CA" w:rsidRDefault="009768CA" w14:paraId="64EE9A5F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="5CED93F9" w14:textId="0418B651" w:rsidR="009768CA" w:rsidRPr="00A55424" w:rsidRDefault="009768CA" w:rsidP="003B59FD">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="009768CA" w:rsidP="003B59FD" w:rsidRDefault="009768CA" w14:paraId="5CED93F9" w14:textId="0418B651">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>A copy of the board minute agreeing to this project.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C8986F2" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRPr="00A55424" w:rsidRDefault="003B59FD" w:rsidP="003B59FD">
-[...9 lines deleted...]
-          <w:p w14:paraId="230ACF47" w14:textId="6F6E3810" w:rsidR="003B59FD" w:rsidRPr="00A55424" w:rsidRDefault="003B59FD" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="003B59FD" w14:paraId="5C8986F2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="003B59FD" w14:paraId="230ACF47" w14:textId="6F6E3810">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">A copy of your organisation’s </w:t>
             </w:r>
-            <w:r w:rsidRPr="00A55424">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">most </w:t>
             </w:r>
-            <w:r w:rsidRPr="0049555F">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>recent</w:t>
             </w:r>
-            <w:r w:rsidR="0049555F">
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0049555F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="0049555F">
-[...27 lines deleted...]
-          <w:p w14:paraId="70BE96B4" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRPr="00A55424" w:rsidRDefault="003B59FD" w:rsidP="003B59FD">
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">annual accounts. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="003B59FD" w14:paraId="70BE96B4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="5AA87545" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRPr="00A55424" w:rsidRDefault="003B59FD" w:rsidP="003B59FD">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="003B59FD" w14:paraId="5AA87545" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:ind w:left="1167" w:hanging="425"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">If newly set up, please supply an estimate of first year income/expenditure.                                                                                                               </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4574B09C" w14:textId="41FBBFA6" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="00740D55">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="00740D55" w:rsidRDefault="003B59FD" w14:paraId="4574B09C" w14:textId="41FBBFA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50AE3F3B" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="0056401F" w14:paraId="50AE3F3B" w14:textId="3A5D7DEA">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-966116653"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
+                <w:r w:rsidR="00937A8C">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:hint="eastAsia" w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:eastAsia="MS Gothic" w:cs="Arial"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003B59FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A83BE5" w14:textId="47BC8EF4" w:rsidR="003B59FD" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="0056401F" w14:paraId="28A83BE5" w14:textId="47BC8EF4">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="-232861131"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="003B59FD">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003B59FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B59FD" w:rsidRPr="008407DC" w14:paraId="3D0C1374" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="003B59FD" w:rsidTr="00B34005" w14:paraId="3D0C1374" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6799" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="243A9293" w14:textId="1222313D" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="00740D55">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="00740D55" w:rsidRDefault="003B59FD" w14:paraId="243A9293" w14:textId="08E35DC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="00E07844">
-[...10 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="0074765A" w:rsidRPr="0074765A">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="0074765A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Please confirm that you understand the requirement to record all client information on Helix including registration, action plan, and are able to track clients for a 52wk period.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEBBAFC" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRPr="008407DC" w:rsidRDefault="005871F7" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="003B59FD" w:rsidRDefault="0056401F" w14:paraId="6DEBBAFC" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...1 lines deleted...]
-                  <w:szCs w:val="24"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:id w:val="877282246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
+                <w:r w:rsidRPr="00937A8C" w:rsidR="003B59FD">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-[...1 lines deleted...]
-                    <w:szCs w:val="24"/>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:eastAsia="MS Gothic" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="003B59FD" w:rsidRPr="008407DC">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="003B59FD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">  Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7615CAA5" w14:textId="107B510A" w:rsidR="003B59FD" w:rsidRPr="008407DC" w:rsidRDefault="003B59FD" w:rsidP="00F446CF">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="00F446CF" w:rsidRDefault="003B59FD" w14:paraId="7615CAA5" w14:textId="107B510A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B34005" w:rsidRPr="008407DC" w14:paraId="723410A4" w14:textId="77777777" w:rsidTr="00B34005">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="00B34005" w:rsidTr="00B34005" w14:paraId="723410A4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="B4C6E7" w:themeFill="accent5" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B90A1BE" w14:textId="352A67F1" w:rsidR="00B34005" w:rsidRPr="004D33BB" w:rsidRDefault="00B34005" w:rsidP="00B34005">
-[...19 lines deleted...]
-                <w:b/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B34005" w:rsidP="00B34005" w:rsidRDefault="00B34005" w14:paraId="0B90A1BE" w14:textId="78A05F4D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="00080B04">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>h</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Is there any further information you have not provided in any previous response, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A8C" w:rsidR="006C01EB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
-            <w:r w:rsidRPr="004D33BB">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hich you think is relevant and which would further support your application?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FC2E0B9" w14:textId="77777777" w:rsidR="00B34005" w:rsidRDefault="00B34005" w:rsidP="003B59FD">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00B34005" w:rsidP="003B59FD" w:rsidRDefault="00B34005" w14:paraId="7FC2E0B9" w14:textId="77777777">
             <w:pPr>
               <w:ind w:left="-567" w:firstLine="567"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C01EB" w:rsidRPr="008407DC" w14:paraId="339CE436" w14:textId="77777777" w:rsidTr="002C65A2">
+      <w:tr w:rsidRPr="008407DC" w:rsidR="006C01EB" w:rsidTr="002C65A2" w14:paraId="339CE436" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1972"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239559A5" w14:textId="77777777" w:rsidR="006C01EB" w:rsidRDefault="006C01EB" w:rsidP="00B34005">
-[...2 lines deleted...]
-                <w:b/>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="006C01EB" w:rsidP="00B34005" w:rsidRDefault="006C01EB" w14:paraId="728D8E7A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="7E0ED919" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="41A6FA3D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="0C56999A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="0BCD5618" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="5FCB0B2F" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="380B96D6" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="1C0563A2" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="4F7C8C94" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="7B88F1E8" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="78EFE035" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="373D0999" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="6B2C08EE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="546AB6DA" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00031BF1" w:rsidP="00B34005" w:rsidRDefault="00031BF1" w14:paraId="239559A5" w14:textId="6D67EBC5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="24B7E43F" w14:textId="4D375830" w:rsidR="0053744F" w:rsidRDefault="0053744F">
-[...35 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="00937A8C" w:rsidP="0074765A" w:rsidRDefault="00937A8C" w14:paraId="4CC7499B" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00937A8C" w:rsidR="0053744F" w:rsidP="0074765A" w:rsidRDefault="00F63BD5" w14:paraId="61BEDC46" w14:textId="16260CD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00937A8C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="0053744F" w:rsidRPr="0074765A">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="0053744F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r w:rsidR="00E71073" w:rsidRPr="0074765A">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00E71073">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="0053744F" w:rsidRPr="0074765A">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="0053744F">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: Authorisation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36DC078E" w14:textId="77777777" w:rsidR="0053744F" w:rsidRDefault="0053744F" w:rsidP="001B0597">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="0053744F" w:rsidP="001B0597" w:rsidRDefault="0053744F" w14:paraId="36DC078E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="186991E4" w14:textId="426ADB12" w:rsidR="00B35D4A" w:rsidRPr="00B35D4A" w:rsidRDefault="00B35D4A" w:rsidP="00B35D4A">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00B35D4A" w:rsidP="00B35D4A" w:rsidRDefault="00B35D4A" w14:paraId="186991E4" w14:textId="426ADB12">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B35D4A">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>On behalf of the named organi</w:t>
+        <w:t>On behalf of the named organisation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00937A8C" w:rsidR="000A591C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> above</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B35D4A">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, I hereby apply for a grant as outlined in this application for the expenses to be incurred during the proposed funding period on the activities described above.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DC5F5AF" w14:textId="77777777" w:rsidR="00B35D4A" w:rsidRPr="00B35D4A" w:rsidRDefault="00B35D4A" w:rsidP="00B35D4A">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="00B35D4A" w:rsidP="00B35D4A" w:rsidRDefault="00B35D4A" w14:paraId="3DC5F5AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B35D4A">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I certify that, to the best of my knowledge and belief, the statements made in this application are true and the information provided is correct.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C258C0D" w14:textId="073F9DA0" w:rsidR="000E725B" w:rsidRDefault="00B35D4A" w:rsidP="00B35D4A">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="00B35D4A" w:rsidRDefault="00B35D4A" w14:paraId="2C258C0D" w14:textId="073F9DA0">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:ind w:left="851"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B35D4A">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>I accept that failure to provide a correct declaration and accurate information may lead to funding being refused, withdrawn, or recovered.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
         <w:gridCol w:w="5477"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000E725B" w:rsidRPr="000E725B" w14:paraId="57A8CBB6" w14:textId="77777777" w:rsidTr="000E725B">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidTr="000E725B" w14:paraId="57A8CBB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21CF0A4A" w14:textId="5C160D8C" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="21CF0A4A" w14:textId="5C160D8C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of authorised person** </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5477" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28ED84EB" w14:textId="77777777" w:rsidR="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="28ED84EB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1ECA72F4" w14:textId="77777777" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="1ECA72F4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E725B" w:rsidRPr="000E725B" w14:paraId="55F9D247" w14:textId="77777777" w:rsidTr="000E725B">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidTr="000E725B" w14:paraId="55F9D247" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="64"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="019BF37E" w14:textId="0FBA0BDE" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="019BF37E" w14:textId="0FBA0BDE">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Position of authorised person </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5477" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13C2FFAB" w14:textId="77777777" w:rsidR="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="13C2FFAB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="56D8CB3D" w14:textId="77777777" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="56D8CB3D" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000E725B" w:rsidRPr="000E725B" w14:paraId="77742F9B" w14:textId="77777777" w:rsidTr="000E725B">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidTr="000E725B" w14:paraId="77742F9B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C04E168" w14:textId="6F65F76C" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="6C04E168" w14:textId="6F65F76C">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Date </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5477" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69382189" w14:textId="77777777" w:rsidR="00342D88" w:rsidRDefault="00342D88" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00342D88" w:rsidP="000E725B" w:rsidRDefault="00342D88" w14:paraId="69382189" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="1248370A" w14:textId="77777777" w:rsidR="000E725B" w:rsidRPr="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="1248370A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00342D88" w:rsidRPr="000E725B" w14:paraId="39A83BDE" w14:textId="77777777" w:rsidTr="000E725B">
+      <w:tr w:rsidRPr="00937A8C" w:rsidR="00342D88" w:rsidTr="000E725B" w14:paraId="39A83BDE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3539" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B2C3DDD" w14:textId="416EFAD9" w:rsidR="00342D88" w:rsidRPr="000E725B" w:rsidRDefault="00342D88" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00342D88" w:rsidP="000E725B" w:rsidRDefault="00342D88" w14:paraId="0B2C3DDD" w14:textId="416EFAD9">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...8 lines deleted...]
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Signed </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5477" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B4DFB23" w14:textId="1E8A6B49" w:rsidR="00342D88" w:rsidRDefault="005871F7" w:rsidP="000E725B">
+          <w:p w:rsidRPr="00937A8C" w:rsidR="00342D88" w:rsidP="000E725B" w:rsidRDefault="00080B04" w14:paraId="3B4DFB23" w14:textId="77209E24">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00937A8C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:pict w14:anchorId="1CFFDB3D">
-                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" filled="f" stroked="f" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe">
                   <v:stroke joinstyle="miter"/>
                   <v:formulas>
                     <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                     <v:f eqn="sum @0 1 0"/>
                     <v:f eqn="sum 0 0 @1"/>
                     <v:f eqn="prod @2 1 2"/>
                     <v:f eqn="prod @3 21600 pixelWidth"/>
                     <v:f eqn="prod @3 21600 pixelHeight"/>
                     <v:f eqn="sum @0 0 1"/>
                     <v:f eqn="prod @6 1 2"/>
                     <v:f eqn="prod @7 21600 pixelWidth"/>
                     <v:f eqn="sum @8 21600 0"/>
                     <v:f eqn="prod @7 21600 pixelHeight"/>
                     <v:f eqn="sum @10 21600 0"/>
                   </v:formulas>
-                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect" o:extrusionok="f"/>
                   <o:lock v:ext="edit" aspectratio="t"/>
                 </v:shapetype>
-                <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="Microsoft Office Signature Line..." style="width:192.75pt;height:94.9pt">
-[...2 lines deleted...]
-                  <o:signatureline v:ext="edit" id="{C12F0DD5-6819-4355-9CA8-40CE6B0B8771}" provid="{00000000-0000-0000-0000-000000000000}" issignatureline="t"/>
+                <v:shape id="_x0000_i1029" style="width:193.15pt;height:63pt" alt="Signature Line, Unsigned" type="#_x0000_t75">
+                  <v:imagedata o:title="" r:id="rId13"/>
+                  <o:lock v:ext="edit" grouping="t" ungrouping="t" rotation="t" cropping="t" verticies="t" text="t"/>
+                  <o:signatureline v:ext="edit" issignatureline="t" id="{C12F0DD5-6819-4355-9CA8-40CE6B0B8771}" provid="{00000000-0000-0000-0000-000000000000}"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="007F9D51" w14:textId="7F257370" w:rsidR="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="000E725B" w14:paraId="007F9D51" w14:textId="7F257370">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00342D88">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">** Please note this should be a senior person / approved signatory in your organisation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1A425D" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="000E725B">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="000E725B" w:rsidRDefault="003B59FD" w14:paraId="5A1A425D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F2A0A7C" w14:textId="77777777" w:rsidR="003B59FD" w:rsidRDefault="003B59FD" w:rsidP="000E725B">
+    <w:p w:rsidRPr="00937A8C" w:rsidR="003B59FD" w:rsidP="000E725B" w:rsidRDefault="003B59FD" w14:paraId="4F2A0A7C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4620F3D8" w14:textId="0A69BDE7" w:rsidR="003B59FD" w:rsidRPr="00342D88" w:rsidRDefault="003B59FD" w:rsidP="000E725B">
+    <w:p w:rsidR="000E725B" w:rsidP="000E725B" w:rsidRDefault="003B59FD" w14:paraId="5EF24B29" w14:textId="6074C241">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008407DC">
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please complete and return this form to </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00B810AF" w:rsidRPr="007A23EA">
+      <w:hyperlink w:history="1" r:id="rId14">
+        <w:r w:rsidRPr="00937A8C" w:rsidR="00B810AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>LEP@scotborders.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F61D2E">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00F61D2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00937A8C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>alongside the supporting documents</w:t>
       </w:r>
-      <w:r w:rsidR="00182530">
+      <w:r w:rsidRPr="00937A8C" w:rsidR="00182530">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EF24B29" w14:textId="77777777" w:rsidR="000E725B" w:rsidRDefault="000E725B" w:rsidP="000E725B">
+    <w:p w:rsidR="00937A8C" w:rsidP="000E725B" w:rsidRDefault="00937A8C" w14:paraId="7C2FE374" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A5A875A" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="2A5A875A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074765A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Scottish Borders Council will be the Data Controller for all NOLB personal data collected with the relevant forms as part of this process, and the control and processing of personal data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E07450F" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="6E07450F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27F14796" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="27F14796" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074765A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Scottish Borders Council will process all data according to the provisions of the Data Protection Act 2018 and the UK General Data Protection Regulation 2018 (UK GDPR) all applicable laws and regulations relating to the processing of Personal Data and privacy, including where necessary, the guidance and codes of practice issued by the Information Commissioner and any other relevant data protection regulations (together with “the Data Protection Legislation (as amended from time to time)”).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E541823" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="6E541823" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B2EDDF8" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="2B2EDDF8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074765A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>By proceeding to complete and submit this form, you consent that Scottish Borders Council and its contractors where relevant, and the Scottish Government, and its contractors where relevant, may process the Personal Data that it collects from you, and use the information provided as part of the application, as well as in accordance with its privacy policies. For the purposes of assessing your bid the Council may need to share your Personal Data with the UK Government and by submitting this form you are agreeing to your Personal Data being used in this way.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40063242" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="40063242" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48C2EC89" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="48C2EC89" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074765A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Data Controller, Personal Data, Personal Data and Processor all have the meaning given to them in the Data Protection Legislation (as amended from time to time).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F92672" w14:textId="77777777" w:rsidR="0074765A" w:rsidRPr="0074765A" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="0074765A" w:rsidR="0074765A" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="78F92672" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46345BC8" w14:textId="0944EC16" w:rsidR="00BB1A42" w:rsidRPr="00403AB9" w:rsidRDefault="0074765A" w:rsidP="0074765A">
+    <w:p w:rsidRPr="00403AB9" w:rsidR="00BB1A42" w:rsidP="0074765A" w:rsidRDefault="0074765A" w14:paraId="46345BC8" w14:textId="0944EC16">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0074765A">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Without prejudice to the foregoing generality, Scottish Borders Council and the Scottish Government may disclose information in compliance with the Freedom of Information (Scotland) Act 2002, any other law, or, as a consequence of judicial order, or order by any court or tribunal with the authority to order disclosure. Further, the UK Ministers may also disclose all information submitted to them to the Scottish or United Kingdom Parliament or any other department, office or agency of Her Majesty’s Government, in right of the Scottish Administration or the United Kingdom, and their servants or agents. When disclosing such information to either the Scottish Parliament or the United Kingdom Parliament it is recognised and agreed by both parties that the UK Ministers shall if they see fit disclose such information but are unable to impose any restriction upon the information that it provides to Members of the Scottish Parliament, or Members of the United Kingdom Parliament; such disclosure shall not be treated as a breach of this agreement.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00BB1A42" w:rsidRPr="00403AB9" w:rsidSect="0074765A">
-      <w:pgSz w:w="11906" w:h="16838"/>
+    <w:sectPr w:rsidRPr="00403AB9" w:rsidR="00BB1A42" w:rsidSect="0074765A">
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="709" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27D7B59D" w14:textId="77777777" w:rsidR="006E1642" w:rsidRDefault="006E1642" w:rsidP="00FE4BE2">
+    <w:p w:rsidR="006E1642" w:rsidP="00FE4BE2" w:rsidRDefault="006E1642" w14:paraId="27D7B59D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C67DC4F" w14:textId="77777777" w:rsidR="006E1642" w:rsidRDefault="006E1642" w:rsidP="00FE4BE2">
+    <w:p w:rsidR="006E1642" w:rsidP="00FE4BE2" w:rsidRDefault="006E1642" w14:paraId="6C67DC4F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="65F317CF" w14:textId="196B1383" w:rsidR="00F7702A" w:rsidRDefault="00F7702A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w:rsidR="00F7702A" w:rsidRDefault="00F7702A" w14:paraId="65F317CF" w14:textId="196B1383">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3827E069" w14:textId="42B83D1A" w:rsidR="00F7702A" w:rsidRDefault="00043ED2">
+  <w:p w:rsidR="00F7702A" w:rsidRDefault="00043ED2" w14:paraId="3827E069" w14:textId="42B83D1A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1EDA2E41" wp14:editId="0FF731B3">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>right</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>44753</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="817880" cy="353060"/>
           <wp:effectExtent l="0" t="0" r="1270" b="8890"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20978"/>
               <wp:lineTo x="21130" y="20978"/>
@@ -10736,296 +10194,307 @@
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09666ABB" w14:textId="77777777" w:rsidR="006E1642" w:rsidRDefault="006E1642" w:rsidP="00FE4BE2">
+    <w:p w:rsidR="006E1642" w:rsidP="00FE4BE2" w:rsidRDefault="006E1642" w14:paraId="09666ABB" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1A4DA2B2" w14:textId="77777777" w:rsidR="006E1642" w:rsidRDefault="006E1642" w:rsidP="00FE4BE2">
+    <w:p w:rsidR="006E1642" w:rsidP="00FE4BE2" w:rsidRDefault="006E1642" w14:paraId="1A4DA2B2" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
+</file>
+
+<file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
+<int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence">
+  <int2:observations>
+    <int2:bookmark int2:bookmarkName="_Int_tesPCzlB" int2:invalidationBookmarkName="" int2:hashCode="5cEnj+BQkBZE21" int2:id="dByB2MJ3">
+      <int2:state int2:type="style" int2:value="Rejected"/>
+    </int2:bookmark>
+  </int2:observations>
+  <int2:intelligenceSettings/>
+</int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00A314C3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="49C22936"/>
     <w:lvl w:ilvl="0" w:tplc="94AE6894">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Century Gothic" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial" w:eastAsiaTheme="minorHAnsi"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01067BE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F5D0C158"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02040BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDC6740C"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11440,147 +10909,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DFB7B39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8C4307C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EB016E1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E629C42"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11733,147 +11202,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21172B11"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB92A884"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F866128"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8362CCD2"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -11935,486 +11404,486 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="34043DE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7492A740"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35EA0910"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0532951A"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39FF3938"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="948A00B4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D063EBB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71A6614C"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3ECA0B8D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F02C5F82"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12788,147 +12257,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DECE24DC">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="484E1263"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="27EE57A0"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="496C7860"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB440256"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12990,147 +12459,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4BC75792"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AE00CBDC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="570946B7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="510CB246"/>
     <w:lvl w:ilvl="0" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13192,51 +12661,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="590142FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87C27D94"/>
     <w:lvl w:ilvl="0" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -13923,141 +13392,147 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1063331985">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:zoom w:percent="200"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00040301"/>
     <w:rsid w:val="000055D4"/>
     <w:rsid w:val="00015880"/>
     <w:rsid w:val="000162A4"/>
     <w:rsid w:val="0002481C"/>
+    <w:rsid w:val="00031BF1"/>
     <w:rsid w:val="00034D92"/>
     <w:rsid w:val="000359D8"/>
     <w:rsid w:val="00040126"/>
     <w:rsid w:val="00040301"/>
     <w:rsid w:val="00043ED2"/>
     <w:rsid w:val="00055D7B"/>
     <w:rsid w:val="00056DAB"/>
     <w:rsid w:val="000572B1"/>
     <w:rsid w:val="0006093A"/>
     <w:rsid w:val="00072115"/>
     <w:rsid w:val="00073F51"/>
     <w:rsid w:val="00075D67"/>
     <w:rsid w:val="000777FA"/>
+    <w:rsid w:val="00080B04"/>
     <w:rsid w:val="000918C9"/>
     <w:rsid w:val="000A591C"/>
     <w:rsid w:val="000A780E"/>
     <w:rsid w:val="000B00A3"/>
     <w:rsid w:val="000B469D"/>
     <w:rsid w:val="000C1337"/>
     <w:rsid w:val="000E725B"/>
     <w:rsid w:val="000F1EDD"/>
     <w:rsid w:val="00131C3B"/>
     <w:rsid w:val="00141B83"/>
     <w:rsid w:val="00151E8D"/>
     <w:rsid w:val="001773C4"/>
     <w:rsid w:val="00177DFD"/>
     <w:rsid w:val="00182530"/>
     <w:rsid w:val="00196632"/>
     <w:rsid w:val="001A72EF"/>
     <w:rsid w:val="001B0597"/>
     <w:rsid w:val="001B655E"/>
     <w:rsid w:val="001C2DC6"/>
     <w:rsid w:val="001C3BA5"/>
     <w:rsid w:val="001C4119"/>
     <w:rsid w:val="001C604E"/>
     <w:rsid w:val="001D0958"/>
     <w:rsid w:val="001D1AD3"/>
     <w:rsid w:val="001E503D"/>
     <w:rsid w:val="001E6C04"/>
     <w:rsid w:val="001E6C1F"/>
     <w:rsid w:val="001E7365"/>
     <w:rsid w:val="001F1DAA"/>
     <w:rsid w:val="002134C3"/>
     <w:rsid w:val="00217282"/>
     <w:rsid w:val="00230B2C"/>
     <w:rsid w:val="0023581F"/>
     <w:rsid w:val="00257B24"/>
     <w:rsid w:val="00262075"/>
     <w:rsid w:val="00273D6F"/>
     <w:rsid w:val="00277913"/>
     <w:rsid w:val="00286970"/>
     <w:rsid w:val="002A2BEC"/>
+    <w:rsid w:val="002A2CCF"/>
     <w:rsid w:val="002B0DD6"/>
     <w:rsid w:val="002B6EF0"/>
     <w:rsid w:val="002B7025"/>
     <w:rsid w:val="002C4980"/>
     <w:rsid w:val="002C65A2"/>
     <w:rsid w:val="002E13E9"/>
     <w:rsid w:val="002E4CEC"/>
     <w:rsid w:val="002E73A7"/>
     <w:rsid w:val="002F2785"/>
     <w:rsid w:val="003065DD"/>
+    <w:rsid w:val="003312BC"/>
     <w:rsid w:val="00331CC1"/>
     <w:rsid w:val="0033468D"/>
     <w:rsid w:val="00342D88"/>
     <w:rsid w:val="00353019"/>
     <w:rsid w:val="0035308C"/>
     <w:rsid w:val="00355335"/>
     <w:rsid w:val="003560EB"/>
     <w:rsid w:val="00375C42"/>
     <w:rsid w:val="003778FC"/>
     <w:rsid w:val="00380072"/>
     <w:rsid w:val="00383495"/>
     <w:rsid w:val="00383B8F"/>
     <w:rsid w:val="0038734E"/>
     <w:rsid w:val="003932A8"/>
     <w:rsid w:val="00394699"/>
     <w:rsid w:val="00394A1B"/>
     <w:rsid w:val="003A153F"/>
     <w:rsid w:val="003A5FC6"/>
     <w:rsid w:val="003B0F68"/>
     <w:rsid w:val="003B59FD"/>
     <w:rsid w:val="003C2529"/>
     <w:rsid w:val="003C69D6"/>
     <w:rsid w:val="003D57F9"/>
     <w:rsid w:val="003E2131"/>
     <w:rsid w:val="003E7B3B"/>
@@ -14067,50 +13542,52 @@
     <w:rsid w:val="00403AB9"/>
     <w:rsid w:val="00403DA7"/>
     <w:rsid w:val="0041568C"/>
     <w:rsid w:val="0042307A"/>
     <w:rsid w:val="00430BF7"/>
     <w:rsid w:val="004409CE"/>
     <w:rsid w:val="004547AA"/>
     <w:rsid w:val="004738D5"/>
     <w:rsid w:val="00483C18"/>
     <w:rsid w:val="004850B6"/>
     <w:rsid w:val="00492D95"/>
     <w:rsid w:val="0049555F"/>
     <w:rsid w:val="004E0B0D"/>
     <w:rsid w:val="004F65DA"/>
     <w:rsid w:val="0050022B"/>
     <w:rsid w:val="00514910"/>
     <w:rsid w:val="00522F04"/>
     <w:rsid w:val="00525F1A"/>
     <w:rsid w:val="00526D44"/>
     <w:rsid w:val="00536EAA"/>
     <w:rsid w:val="0053744F"/>
     <w:rsid w:val="005406E3"/>
     <w:rsid w:val="005474C8"/>
     <w:rsid w:val="00550411"/>
     <w:rsid w:val="00557295"/>
+    <w:rsid w:val="0056401F"/>
+    <w:rsid w:val="00580207"/>
     <w:rsid w:val="00582DC9"/>
     <w:rsid w:val="005846AA"/>
     <w:rsid w:val="005871F7"/>
     <w:rsid w:val="00590561"/>
     <w:rsid w:val="005A6CB5"/>
     <w:rsid w:val="005B17BB"/>
     <w:rsid w:val="005B2B7B"/>
     <w:rsid w:val="005B4211"/>
     <w:rsid w:val="005B5F3C"/>
     <w:rsid w:val="005D2A21"/>
     <w:rsid w:val="005D7ADE"/>
     <w:rsid w:val="00602ADE"/>
     <w:rsid w:val="006030DD"/>
     <w:rsid w:val="00603D68"/>
     <w:rsid w:val="00617102"/>
     <w:rsid w:val="00621A17"/>
     <w:rsid w:val="00621EBA"/>
     <w:rsid w:val="00624705"/>
     <w:rsid w:val="00630D26"/>
     <w:rsid w:val="00631AA9"/>
     <w:rsid w:val="00642AE5"/>
     <w:rsid w:val="006547B1"/>
     <w:rsid w:val="00693958"/>
     <w:rsid w:val="00696371"/>
     <w:rsid w:val="006A0A34"/>
@@ -14131,58 +13608,60 @@
     <w:rsid w:val="00775CFC"/>
     <w:rsid w:val="007909E5"/>
     <w:rsid w:val="00795671"/>
     <w:rsid w:val="007A3B9D"/>
     <w:rsid w:val="007B6E7B"/>
     <w:rsid w:val="007C79A3"/>
     <w:rsid w:val="007E2294"/>
     <w:rsid w:val="00802A9E"/>
     <w:rsid w:val="00833BC3"/>
     <w:rsid w:val="0083746C"/>
     <w:rsid w:val="008407DC"/>
     <w:rsid w:val="00855720"/>
     <w:rsid w:val="00870099"/>
     <w:rsid w:val="00892AD0"/>
     <w:rsid w:val="008B3D58"/>
     <w:rsid w:val="008B69A3"/>
     <w:rsid w:val="008C0CAB"/>
     <w:rsid w:val="008D3AC5"/>
     <w:rsid w:val="008D5DAA"/>
     <w:rsid w:val="008E0F8A"/>
     <w:rsid w:val="008E1228"/>
     <w:rsid w:val="008E4E95"/>
     <w:rsid w:val="008F43B4"/>
     <w:rsid w:val="009218CE"/>
     <w:rsid w:val="00934A4E"/>
+    <w:rsid w:val="00937A8C"/>
     <w:rsid w:val="009460D7"/>
     <w:rsid w:val="0096112A"/>
     <w:rsid w:val="0096553A"/>
     <w:rsid w:val="009768CA"/>
     <w:rsid w:val="009A3492"/>
     <w:rsid w:val="009A4F88"/>
     <w:rsid w:val="009C1871"/>
     <w:rsid w:val="009C3258"/>
+    <w:rsid w:val="009D1111"/>
     <w:rsid w:val="009F061D"/>
     <w:rsid w:val="009F2D91"/>
     <w:rsid w:val="00A01E70"/>
     <w:rsid w:val="00A25FF8"/>
     <w:rsid w:val="00A26603"/>
     <w:rsid w:val="00A5162B"/>
     <w:rsid w:val="00A55424"/>
     <w:rsid w:val="00A707B8"/>
     <w:rsid w:val="00A70F26"/>
     <w:rsid w:val="00A72727"/>
     <w:rsid w:val="00A73225"/>
     <w:rsid w:val="00A77436"/>
     <w:rsid w:val="00AA3876"/>
     <w:rsid w:val="00AA4212"/>
     <w:rsid w:val="00AB0FBF"/>
     <w:rsid w:val="00AB2E7F"/>
     <w:rsid w:val="00AB4DF6"/>
     <w:rsid w:val="00AB7A16"/>
     <w:rsid w:val="00AC0414"/>
     <w:rsid w:val="00AC19C4"/>
     <w:rsid w:val="00AC2F2F"/>
     <w:rsid w:val="00B042D3"/>
     <w:rsid w:val="00B139AA"/>
     <w:rsid w:val="00B20811"/>
     <w:rsid w:val="00B34005"/>
@@ -14192,260 +13671,271 @@
     <w:rsid w:val="00B43D4E"/>
     <w:rsid w:val="00B52012"/>
     <w:rsid w:val="00B5225A"/>
     <w:rsid w:val="00B629C5"/>
     <w:rsid w:val="00B64BEA"/>
     <w:rsid w:val="00B667AC"/>
     <w:rsid w:val="00B71263"/>
     <w:rsid w:val="00B7366A"/>
     <w:rsid w:val="00B810AF"/>
     <w:rsid w:val="00B85BB0"/>
     <w:rsid w:val="00B91E1B"/>
     <w:rsid w:val="00BA0EA4"/>
     <w:rsid w:val="00BA1134"/>
     <w:rsid w:val="00BA46AE"/>
     <w:rsid w:val="00BB1A42"/>
     <w:rsid w:val="00BB4571"/>
     <w:rsid w:val="00BB6872"/>
     <w:rsid w:val="00BC11E0"/>
     <w:rsid w:val="00BC4769"/>
     <w:rsid w:val="00BD3964"/>
     <w:rsid w:val="00C13D1E"/>
     <w:rsid w:val="00C14701"/>
     <w:rsid w:val="00C234FD"/>
     <w:rsid w:val="00C4444E"/>
     <w:rsid w:val="00C50FBE"/>
+    <w:rsid w:val="00C51D26"/>
     <w:rsid w:val="00C7379B"/>
     <w:rsid w:val="00C968F0"/>
     <w:rsid w:val="00C97621"/>
     <w:rsid w:val="00CA2502"/>
     <w:rsid w:val="00CA78BC"/>
     <w:rsid w:val="00CC6633"/>
     <w:rsid w:val="00CC6CB3"/>
     <w:rsid w:val="00CD6EBF"/>
     <w:rsid w:val="00CE11C8"/>
     <w:rsid w:val="00CE5BE4"/>
     <w:rsid w:val="00CF1ACE"/>
     <w:rsid w:val="00CF4508"/>
     <w:rsid w:val="00CF52FD"/>
     <w:rsid w:val="00D23E52"/>
     <w:rsid w:val="00D3592A"/>
     <w:rsid w:val="00D402B9"/>
     <w:rsid w:val="00D405C5"/>
     <w:rsid w:val="00D507C9"/>
     <w:rsid w:val="00D53FAB"/>
     <w:rsid w:val="00D5724B"/>
     <w:rsid w:val="00D705C5"/>
     <w:rsid w:val="00D70E69"/>
     <w:rsid w:val="00D93AB3"/>
     <w:rsid w:val="00D943F4"/>
     <w:rsid w:val="00D9496C"/>
     <w:rsid w:val="00DA0A8A"/>
     <w:rsid w:val="00DA72E0"/>
     <w:rsid w:val="00DB2E42"/>
     <w:rsid w:val="00DC42EC"/>
     <w:rsid w:val="00DF40D4"/>
     <w:rsid w:val="00E07844"/>
+    <w:rsid w:val="00E20D5D"/>
     <w:rsid w:val="00E2717F"/>
     <w:rsid w:val="00E31254"/>
     <w:rsid w:val="00E442E5"/>
     <w:rsid w:val="00E55A60"/>
     <w:rsid w:val="00E669A8"/>
     <w:rsid w:val="00E6710B"/>
     <w:rsid w:val="00E71073"/>
     <w:rsid w:val="00E815D9"/>
     <w:rsid w:val="00E82E3D"/>
+    <w:rsid w:val="00E840FC"/>
     <w:rsid w:val="00E90503"/>
     <w:rsid w:val="00E92F91"/>
     <w:rsid w:val="00EB6E80"/>
     <w:rsid w:val="00EC00F4"/>
     <w:rsid w:val="00EC2C17"/>
     <w:rsid w:val="00EC52D7"/>
     <w:rsid w:val="00ED51E3"/>
+    <w:rsid w:val="00ED5F73"/>
     <w:rsid w:val="00EE1516"/>
     <w:rsid w:val="00EE63E5"/>
     <w:rsid w:val="00EF3FF3"/>
     <w:rsid w:val="00F0190D"/>
     <w:rsid w:val="00F177CD"/>
     <w:rsid w:val="00F24CCF"/>
     <w:rsid w:val="00F43316"/>
     <w:rsid w:val="00F43432"/>
     <w:rsid w:val="00F446CF"/>
     <w:rsid w:val="00F45823"/>
     <w:rsid w:val="00F61D2E"/>
     <w:rsid w:val="00F6224D"/>
     <w:rsid w:val="00F62FEB"/>
     <w:rsid w:val="00F63BD5"/>
     <w:rsid w:val="00F65549"/>
     <w:rsid w:val="00F7702A"/>
     <w:rsid w:val="00F81981"/>
     <w:rsid w:val="00F81E58"/>
     <w:rsid w:val="00F86838"/>
     <w:rsid w:val="00F900D2"/>
     <w:rsid w:val="00FA5D6D"/>
     <w:rsid w:val="00FB0B1F"/>
     <w:rsid w:val="00FB1F36"/>
+    <w:rsid w:val="00FC7CE3"/>
     <w:rsid w:val="00FD7757"/>
     <w:rsid w:val="00FE4BE2"/>
     <w:rsid w:val="00FF6BD8"/>
     <w:rsid w:val="00FF7DAA"/>
     <w:rsid w:val="02CDBF49"/>
     <w:rsid w:val="057880CD"/>
     <w:rsid w:val="07F69F53"/>
+    <w:rsid w:val="0F06DF36"/>
     <w:rsid w:val="10F30FDC"/>
     <w:rsid w:val="278062B0"/>
     <w:rsid w:val="2C70815E"/>
     <w:rsid w:val="2D9A3BBC"/>
     <w:rsid w:val="2E0C51BF"/>
     <w:rsid w:val="2FA82220"/>
+    <w:rsid w:val="33FED62A"/>
     <w:rsid w:val="3A9C9061"/>
     <w:rsid w:val="43D08142"/>
     <w:rsid w:val="4C747848"/>
+    <w:rsid w:val="4D4119D1"/>
+    <w:rsid w:val="4E294BC4"/>
     <w:rsid w:val="4F341E63"/>
     <w:rsid w:val="559AB4C7"/>
     <w:rsid w:val="5843CBF1"/>
+    <w:rsid w:val="5E8C614C"/>
     <w:rsid w:val="649F76D1"/>
     <w:rsid w:val="65986D63"/>
     <w:rsid w:val="674911EB"/>
     <w:rsid w:val="6D3E12AF"/>
     <w:rsid w:val="70220399"/>
     <w:rsid w:val="74559387"/>
+    <w:rsid w:val="774CD709"/>
     <w:rsid w:val="7BEE0CA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2052"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5E4869D8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{55AA0B23-E7BB-4BFE-87BB-A52D42CFCFEB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14601,52 +14091,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -14713,418 +14203,418 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F0190D"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005B5F3C"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="ListParagraphChar"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00040301"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00582DC9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="005B5F3C"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:caps/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00394A1B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="00394A1B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00394A1B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="wpcf7-list-item">
+  <w:style w:type="character" w:styleId="wpcf7-list-item" w:customStyle="1">
     <w:name w:val="wpcf7-list-item"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00394A1B"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="wpcf7-list-item-label">
+  <w:style w:type="character" w:styleId="wpcf7-list-item-label" w:customStyle="1">
     <w:name w:val="wpcf7-list-item-label"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00394A1B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D405C5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D405C5"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006B565A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B565A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BB1A42"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
+  <w:style w:type="table" w:styleId="TableGrid1" w:customStyle="1">
     <w:name w:val="Table Grid1"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00F24CCF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F7702A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F7702A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F7702A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F7702A"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+  <w:style w:type="character" w:styleId="normaltextrun" w:customStyle="1">
     <w:name w:val="normaltextrun"/>
     <w:rsid w:val="001B0597"/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+  <w:style w:type="character" w:styleId="eop" w:customStyle="1">
     <w:name w:val="eop"/>
     <w:rsid w:val="001B0597"/>
   </w:style>
   <w:style w:type="table" w:styleId="GridTable2-Accent3">
     <w:name w:val="Grid Table 2 Accent 3"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="47"/>
     <w:rsid w:val="008D3AC5"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="2" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
-[...2 lines deleted...]
-        <w:insideV w:val="single" w:sz="2" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+        <w:top w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:insideH w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
+        <w:insideV w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="nil"/>
-          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+          <w:bottom w:val="single" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="12" w:space="0"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
-          <w:top w:val="double" w:sz="2" w:space="0" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99"/>
+          <w:top w:val="double" w:color="C9C9C9" w:themeColor="accent3" w:themeTint="99" w:sz="2" w:space="0"/>
           <w:bottom w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
       </w:tcPr>
     </w:tblStylePr>
@@ -15147,51 +14637,51 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006B6983"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0040355C"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ListParagraphChar">
+  <w:style w:type="character" w:styleId="ListParagraphChar" w:customStyle="1">
     <w:name w:val="List Paragraph Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="ListParagraph"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="00CF52FD"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="333916529">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15219,60 +14709,59 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1719429343">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/fair-work-first-guidance-2/pages/9/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LEP@scotborders.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/fair-work-first-guidance-2/pages/9/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LEP@scotborders.gov.uk" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml" Id="R94cc2eed33db4a2c" /></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -15516,179 +15005,161 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="017ae7a3-8eb6-458f-95f6-1ace8ba34ef7">
+    <TaxCatchAll xmlns="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8f0570d8-f88a-4f0d-b860-8781b1c33232">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="d52aa689-e095-4ba9-95fb-1328e82f15ec" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000F666600D6B73B44822132F9A74B9978" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e768b9eb95d6e74a0443d9adf7343af2">
-[...2 lines deleted...]
-    <xsd:import namespace="d52aa689-e095-4ba9-95fb-1328e82f15ec"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FC5D0FABCB851C4E98185592FE0F7478" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c0ddb1f71811420c758cd62071168dc9">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8f0570d8-f88a-4f0d-b860-8781b1c33232" xmlns:ns3="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="00e0509af719bf2ebe53e71ef94e30ec" ns2:_="" ns3:_="">
+    <xsd:import namespace="8f0570d8-f88a-4f0d-b860-8781b1c33232"/>
+    <xsd:import namespace="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="017ae7a3-8eb6-458f-95f6-1ace8ba34ef7" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8f0570d8-f88a-4f0d-b860-8781b1c33232" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="af6298c7-8ea1-4c8f-bb4d-5fe93b8392ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="af6298c7-8ea1-4c8f-bb4d-5fe93b8392ec" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...4 lines deleted...]
-      </xsd:complexType>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="21" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d52aa689-e095-4ba9-95fb-1328e82f15ec" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...25 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e10e8279-407a-4314-9100-458a6298cc39}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d52aa689-e095-4ba9-95fb-1328e82f15ec">
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e3cc0517-36a0-4b2b-ad47-de75fb18727d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -15774,137 +15245,104 @@
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F4FB2BD-1754-4B3D-AF8B-60A6084F199C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{973212F8-BA63-43F8-8FAA-0975507B8DA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="017ae7a3-8eb6-458f-95f6-1ace8ba34ef7"/>
     <ds:schemaRef ds:uri="d52aa689-e095-4ba9-95fb-1328e82f15ec"/>
+    <ds:schemaRef ds:uri="4b122a2a-44a7-4e94-bd61-301d1558eca6"/>
+    <ds:schemaRef ds:uri="34b3de8d-bde4-4ee6-a091-6475425692ea"/>
+    <ds:schemaRef ds:uri="dbb40bea-1b4d-4004-8ea4-c6d25f3e5d3d"/>
+    <ds:schemaRef ds:uri="8f0570d8-f88a-4f0d-b860-8781b1c33232"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6AA7831-32D2-4AAC-AB2F-2A0405DBE9A5}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB08323B-8D65-4CB2-B183-B3347A6E7224}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AD042A4-9166-4B78-9C7D-3C4D9661A12E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>Scottish Borders Council</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Coltman, Erin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_SetDate">
     <vt:lpwstr>2022-12-09T12:07:15Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_Name">
     <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_SiteId">
     <vt:lpwstr>89ed32a2-9b6b-41db-bb6f-376ec8fcd11d</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_ActionId">
     <vt:lpwstr>68653678-e1bd-4d7e-b904-93d5f31d5a96</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_9fedad31-c0c2-44e8-b26c-75143ee7ed65_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ContentTypeId">
-    <vt:lpwstr>0x0101000F666600D6B73B44822132F9A74B9978</vt:lpwstr>
+    <vt:lpwstr>0x010100FC5D0FABCB851C4E98185592FE0F7478</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>